--- v0 (2025-11-04)
+++ v1 (2026-02-09)
@@ -1,107 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6552A376-4133-463A-B4D7-D0FBA331788B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="34" documentId="14_{EBE08448-912E-4862-A215-997E66F37C41}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BA52CAD9-A9C2-45AA-9C46-2AD0037BF6FC}"/>
   <bookViews>
-    <workbookView xWindow="6040" yWindow="10" windowWidth="13160" windowHeight="9940" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="3-31-2024" sheetId="1" r:id="rId1"/>
+    <sheet name="12-31-2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'3-31-2024'!$A$2:$F$256</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'12-31-2025'!$A$2:$F$229</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1399" uniqueCount="1091">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1371" uniqueCount="1066">
   <si>
     <t xml:space="preserve">BP - Prudhoe Bay </t>
   </si>
   <si>
     <t>Prudhoe Bay</t>
   </si>
   <si>
     <t>AK</t>
   </si>
   <si>
     <t>99734</t>
   </si>
   <si>
     <t xml:space="preserve">ConocoPhillips - Kuparuk </t>
   </si>
   <si>
     <t>Kuparuk</t>
   </si>
   <si>
     <t>North Pole</t>
   </si>
   <si>
     <t>99705</t>
   </si>
   <si>
     <t>North Pole Refinery</t>
   </si>
   <si>
-    <t>1100 H &amp; H</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Petro Star - North Pole </t>
   </si>
   <si>
     <t>1200 H and H Ln</t>
   </si>
   <si>
     <t xml:space="preserve">Petro Star - Valdez </t>
   </si>
   <si>
     <t>201 Artic Slope Avenue</t>
   </si>
   <si>
     <t>Valdez</t>
   </si>
   <si>
     <t>99686</t>
   </si>
   <si>
     <t xml:space="preserve">Tesoro - Kenai </t>
   </si>
   <si>
     <t>Kenai Spur Hwy</t>
   </si>
   <si>
     <t>Kenai</t>
@@ -148,77 +148,56 @@
   <si>
     <t>484 E 6th St</t>
   </si>
   <si>
     <t>Smackover</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>71762</t>
   </si>
   <si>
     <t xml:space="preserve">Lion Oil - El Dorado </t>
   </si>
   <si>
     <t>1000 McHenry</t>
   </si>
   <si>
     <t>El Dorado</t>
   </si>
   <si>
     <t>71730</t>
   </si>
   <si>
-    <t xml:space="preserve">Alon USA - Long Beach </t>
-[...7 lines deleted...]
-  <si>
     <t>CA</t>
   </si>
   <si>
     <t>90810</t>
   </si>
   <si>
-    <t xml:space="preserve">Alon USA - Paramount </t>
-[...10 lines deleted...]
-  <si>
     <t>1801 E Sepulveda Blvd</t>
   </si>
   <si>
     <t>Carson</t>
   </si>
   <si>
     <t xml:space="preserve">Chevron - El Segundo </t>
   </si>
   <si>
     <t>324 W El Segundo Blvd</t>
   </si>
   <si>
     <t>El Segundo</t>
   </si>
   <si>
     <t>90245</t>
   </si>
   <si>
     <t xml:space="preserve">Chevron - Richmond </t>
   </si>
   <si>
     <t>841 Chevron Way</t>
   </si>
   <si>
     <t>Richmond</t>
@@ -331,89 +310,77 @@
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>80022</t>
   </si>
   <si>
     <t>Suncor - Commerce City (West)</t>
   </si>
   <si>
     <t>5801 Brighton Blvd</t>
   </si>
   <si>
     <t>4550 Wrangle Hill Rd</t>
   </si>
   <si>
     <t>Delaware City</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>19706</t>
   </si>
   <si>
-    <t xml:space="preserve">Chevron - Hawaii </t>
-[...1 lines deleted...]
-  <si>
     <t>91-480 Malakole St</t>
   </si>
   <si>
     <t>Honolulu</t>
   </si>
   <si>
     <t>HI</t>
   </si>
   <si>
-    <t xml:space="preserve">Tesoro - Kapolei </t>
-[...1 lines deleted...]
-  <si>
     <t>91-325 Komohana St</t>
   </si>
   <si>
     <t>Ewa Beach</t>
   </si>
   <si>
     <t xml:space="preserve">Citgo - Lemont </t>
   </si>
   <si>
-    <t>135th St &amp; New Ave</t>
-[...1 lines deleted...]
-  <si>
     <t>Lemont</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>60439</t>
   </si>
   <si>
-    <t>I-55 &amp; Arsenal Road</t>
-[...1 lines deleted...]
-  <si>
     <t>Joliet</t>
   </si>
   <si>
     <t>60421</t>
   </si>
   <si>
     <t xml:space="preserve">Marathon - Robinson </t>
   </si>
   <si>
     <t>400 S Marathon Ave</t>
   </si>
   <si>
     <t>Robinson</t>
   </si>
   <si>
     <t>62454</t>
   </si>
   <si>
     <t xml:space="preserve">WRB Refining - Wood River </t>
   </si>
   <si>
     <t>900 S Central Ave</t>
   </si>
   <si>
     <t>Roxanna</t>
@@ -442,149 +409,104 @@
   <si>
     <t>1200 Refinery Rd</t>
   </si>
   <si>
     <t>Mount Vernon</t>
   </si>
   <si>
     <t>47620</t>
   </si>
   <si>
     <t xml:space="preserve">Coffeyville Resources - Coffeyville </t>
   </si>
   <si>
     <t>400 N. Linden Street</t>
   </si>
   <si>
     <t>Coffeyville</t>
   </si>
   <si>
     <t>KS</t>
   </si>
   <si>
     <t>67337</t>
   </si>
   <si>
-    <t xml:space="preserve">Frontier - El Dorado </t>
-[...1 lines deleted...]
-  <si>
     <t>1401 Douglas Rd</t>
   </si>
   <si>
     <t>67042</t>
   </si>
   <si>
     <t xml:space="preserve">NCRA - McPherson </t>
   </si>
   <si>
     <t>1391 Iron Horse Rd</t>
   </si>
   <si>
     <t>McPherson</t>
   </si>
   <si>
     <t>67460</t>
   </si>
   <si>
     <t>Catlettsburg Refining</t>
   </si>
   <si>
     <t>11631 US Rte 23</t>
   </si>
   <si>
     <t>Catlettsburg</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>41129</t>
   </si>
   <si>
     <t xml:space="preserve">Alon USA - Krotz Springs </t>
   </si>
   <si>
     <t>356 S Levee Rd</t>
   </si>
   <si>
     <t>Krotz Springs</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>70750</t>
   </si>
   <si>
-    <t xml:space="preserve">Calcasieu Refining - Lake Charles </t>
-[...4 lines deleted...]
-  <si>
     <t>Lake Charles</t>
   </si>
   <si>
     <t>70606</t>
   </si>
   <si>
-    <t xml:space="preserve">Calumet - Cotton Valley </t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">Citgo - Lake Charles </t>
   </si>
   <si>
     <t>15551 S Highway 23</t>
   </si>
   <si>
     <t>Belle Chasse</t>
   </si>
   <si>
     <t>70037</t>
   </si>
   <si>
     <t>2200 Old Spanish Trl</t>
   </si>
   <si>
     <t>Westlake</t>
   </si>
   <si>
     <t>70669</t>
   </si>
   <si>
     <t xml:space="preserve">4045 Scenic Hwy </t>
   </si>
   <si>
     <t>Baton Rouge</t>
@@ -838,68 +760,62 @@
   <si>
     <t>07036</t>
   </si>
   <si>
     <t xml:space="preserve">Hess - Port Reading </t>
   </si>
   <si>
     <t>750 Cliff Road</t>
   </si>
   <si>
     <t>Port Reading</t>
   </si>
   <si>
     <t>07064</t>
   </si>
   <si>
     <t>800 Billingsport Rd</t>
   </si>
   <si>
     <t>Paulsboro</t>
   </si>
   <si>
     <t>08066</t>
   </si>
   <si>
-    <t xml:space="preserve">Holly Corp - Artesia </t>
-[...1 lines deleted...]
-  <si>
     <t>501 E Main St</t>
   </si>
   <si>
     <t>Artesia</t>
   </si>
   <si>
     <t>NM</t>
   </si>
   <si>
     <t>88210</t>
   </si>
   <si>
-    <t xml:space="preserve">Holly Corp - Lovington </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Lovington </t>
   </si>
   <si>
     <t>88260</t>
   </si>
   <si>
     <t xml:space="preserve">Western Refining -Bloomfield </t>
   </si>
   <si>
     <t>111 Road 4990</t>
   </si>
   <si>
     <t>Bloomfield</t>
   </si>
   <si>
     <t>87413</t>
   </si>
   <si>
     <t xml:space="preserve">Western Refining -Gallup </t>
   </si>
   <si>
     <t>Highway I-40 Exit 39</t>
   </si>
   <si>
     <t>Jamestown</t>
@@ -910,62 +826,50 @@
   <si>
     <t>Highway 6</t>
   </si>
   <si>
     <t>Ely</t>
   </si>
   <si>
     <t>NV</t>
   </si>
   <si>
     <t>89301</t>
   </si>
   <si>
     <t xml:space="preserve">BP - Toledo </t>
   </si>
   <si>
     <t>4001 Cedar Point Rd</t>
   </si>
   <si>
     <t>Oregon</t>
   </si>
   <si>
     <t>OH</t>
   </si>
   <si>
-    <t xml:space="preserve">Husky Energy - Lima </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Marathon - Canton </t>
   </si>
   <si>
     <t>2408 Gambrinus Ave SW</t>
   </si>
   <si>
     <t>Canton</t>
   </si>
   <si>
     <t>44707</t>
   </si>
   <si>
     <t>1819 Woodville Rd</t>
   </si>
   <si>
     <t>1000 S Pine St</t>
   </si>
   <si>
     <t>Ponca City</t>
   </si>
   <si>
     <t>OK</t>
   </si>
   <si>
     <t>74601</t>
@@ -997,149 +901,107 @@
   <si>
     <t xml:space="preserve">Ventura Refining and Transmission </t>
   </si>
   <si>
     <t>Route 1 Box 101</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>73669</t>
   </si>
   <si>
     <t>Wynnewood Refining - Wynnewood</t>
   </si>
   <si>
     <t>906 S Powell Ave</t>
   </si>
   <si>
     <t>Wynnewood</t>
   </si>
   <si>
     <t>73098</t>
   </si>
   <si>
-    <t>Alon USA - Portland</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">American Refining Group - Bradford </t>
   </si>
   <si>
     <t>77 North Kendall Ave/68 Bolivar Drive</t>
   </si>
   <si>
     <t>Bradford</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>16701</t>
   </si>
   <si>
-    <t>Calumet - Karns City</t>
-[...10 lines deleted...]
-  <si>
     <t>4101 Post Rd</t>
   </si>
   <si>
     <t>Trainer</t>
   </si>
   <si>
     <t>19061</t>
   </si>
   <si>
-    <t>Green St &amp; Delaware Ave</t>
-[...1 lines deleted...]
-  <si>
     <t>Marcus Hook</t>
   </si>
   <si>
-    <t>3144 W Passyunk Ave</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">United Refining - Warren </t>
   </si>
   <si>
     <t>15 Bradley St</t>
   </si>
   <si>
     <t>Warren</t>
   </si>
   <si>
     <t>16365</t>
   </si>
   <si>
     <t>Valero - Memphis</t>
   </si>
   <si>
     <t>543 W Mallory Ave</t>
   </si>
   <si>
     <t>Memphis</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>38109</t>
   </si>
   <si>
-    <t>7811 S Presa St</t>
-[...4 lines deleted...]
-  <si>
     <t>TX</t>
   </si>
   <si>
-    <t>78223</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Alon USA - Big Spring </t>
   </si>
   <si>
     <t>200 Refinery Road</t>
   </si>
   <si>
     <t>Big Spring</t>
   </si>
   <si>
     <t>79721</t>
   </si>
   <si>
     <t>2401 5th Ave S</t>
   </si>
   <si>
     <t>Texas City</t>
   </si>
   <si>
     <t>77590</t>
   </si>
   <si>
     <t xml:space="preserve">Citgo - Corpus Christi </t>
   </si>
   <si>
     <t>1802 Nueces Bay Blvd</t>
@@ -1234,71 +1096,62 @@
   <si>
     <t>77506</t>
   </si>
   <si>
     <t>5900 Highway 225</t>
   </si>
   <si>
     <t>Deer Park</t>
   </si>
   <si>
     <t>77536</t>
   </si>
   <si>
     <t>Port Arthur</t>
   </si>
   <si>
     <t xml:space="preserve">Total Petrochemicals - Port Arthur </t>
   </si>
   <si>
     <t>7600 32nd St</t>
   </si>
   <si>
     <t>77642</t>
   </si>
   <si>
-    <t>Trigeant - Corpus Christi</t>
-[...4 lines deleted...]
-  <si>
     <t>Valero - Corpus Christi (East)</t>
   </si>
   <si>
     <t>1300 Cantwell Lane</t>
   </si>
   <si>
     <t>Valero - Corpus Christi (West)</t>
   </si>
   <si>
     <t>5900 Up River Rd</t>
   </si>
   <si>
-    <t xml:space="preserve">Valero (Premcor Refinig Group, LLC) - Port Arthur </t>
-[...1 lines deleted...]
-  <si>
     <t>1801 Gulfway Drive</t>
   </si>
   <si>
     <t xml:space="preserve">Valero - McKee </t>
   </si>
   <si>
     <t>6701 FM 119</t>
   </si>
   <si>
     <t>Sunray</t>
   </si>
   <si>
     <t>79086</t>
   </si>
   <si>
     <t xml:space="preserve">Valero  - Three Rivers </t>
   </si>
   <si>
     <t>301 Leroy St</t>
   </si>
   <si>
     <t>Three Rivers</t>
   </si>
   <si>
     <t>78071</t>
@@ -1330,251 +1183,209 @@
   <si>
     <t xml:space="preserve">Chevron - Salt Lake City </t>
   </si>
   <si>
     <t>2351 N 1100 W</t>
   </si>
   <si>
     <t>Salt Lake City</t>
   </si>
   <si>
     <t>UT</t>
   </si>
   <si>
     <t>84116</t>
   </si>
   <si>
     <t>333 W Center St</t>
   </si>
   <si>
     <t>North Salt Lake</t>
   </si>
   <si>
     <t>84054</t>
   </si>
   <si>
-    <t xml:space="preserve">Holly Corp - Woods Cross </t>
-[...1 lines deleted...]
-  <si>
     <t>393 S 800 W</t>
   </si>
   <si>
     <t>Woods Cross</t>
   </si>
   <si>
     <t>84087</t>
   </si>
   <si>
     <t xml:space="preserve">Silver Eagle Refining - Woods Cross </t>
   </si>
   <si>
     <t>2355 S 1100 W</t>
   </si>
   <si>
     <t xml:space="preserve">Tesoro - Salt Lake City </t>
   </si>
   <si>
     <t>474 W 900 N</t>
   </si>
   <si>
-    <t>Western Refining - Yorktown</t>
-[...4 lines deleted...]
-  <si>
     <t>VA</t>
   </si>
   <si>
     <t xml:space="preserve">BP - Cherry Point </t>
   </si>
   <si>
     <t>4519 Grandview Rd</t>
   </si>
   <si>
     <t>Blaine</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
     <t>98231</t>
   </si>
   <si>
     <t>3901 Unick Rd</t>
   </si>
   <si>
     <t>Ferndale</t>
   </si>
   <si>
     <t>98248</t>
   </si>
   <si>
     <t>8505 S Texas Rd</t>
   </si>
   <si>
     <t>Anacortes</t>
   </si>
   <si>
     <t>98221</t>
   </si>
   <si>
     <t xml:space="preserve">Tesoro  - Anacortes </t>
   </si>
   <si>
     <t>10200 S March Point Rd</t>
   </si>
   <si>
-    <t xml:space="preserve">U S  Oil &amp; Refining - Tacoma </t>
-[...1 lines deleted...]
-  <si>
     <t>3001 Marshall Ave</t>
   </si>
   <si>
     <t>Tacoma</t>
   </si>
   <si>
     <t>98421</t>
   </si>
   <si>
     <t>2407 Stinson Ave</t>
   </si>
   <si>
     <t>Superior</t>
   </si>
   <si>
     <t>WI</t>
   </si>
   <si>
     <t>54880</t>
   </si>
   <si>
     <t>Ergon - Newell</t>
   </si>
   <si>
     <t>Rt 2 South</t>
   </si>
   <si>
     <t>Newell</t>
   </si>
   <si>
     <t>WV</t>
   </si>
   <si>
     <t>26050</t>
   </si>
   <si>
-    <t>2700 E 5th St</t>
-[...4 lines deleted...]
-  <si>
     <t>WY</t>
   </si>
   <si>
-    <t>82007</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Silver Eagle Refining - Evanston </t>
   </si>
   <si>
     <t>2990 County Road 180</t>
   </si>
   <si>
     <t>Evanston</t>
   </si>
   <si>
     <t>82930</t>
   </si>
   <si>
     <t>5700 E US Highway 20-26</t>
   </si>
   <si>
     <t>Evansville</t>
   </si>
   <si>
     <t>100 E Lincoln Ave</t>
   </si>
   <si>
     <t>Sinclair</t>
   </si>
   <si>
     <t>82334</t>
   </si>
   <si>
-    <t xml:space="preserve">Wyoming Refining - Newcastle </t>
-[...10 lines deleted...]
-  <si>
     <t>R-92-AK-0001</t>
   </si>
   <si>
     <t>R-92-AK-0002</t>
   </si>
   <si>
     <t>R-92-AK-0003</t>
   </si>
   <si>
     <t>R-92-AK-0004</t>
   </si>
   <si>
     <t>R-92-AK-0005</t>
   </si>
   <si>
     <t>R-92-AK-0006</t>
   </si>
   <si>
     <t>R-63-AL-0008</t>
   </si>
   <si>
     <t>R-63-AL-0009</t>
   </si>
   <si>
-    <t>R-63-AL-0010</t>
-[...1 lines deleted...]
-  <si>
     <t>R-71-AR-0011</t>
   </si>
   <si>
     <t>R-71-AR-0012</t>
   </si>
   <si>
-    <t>R-33-CA-0013</t>
-[...4 lines deleted...]
-  <si>
     <t>R-33-CA-0015</t>
   </si>
   <si>
     <t>R-33-CA-0016</t>
   </si>
   <si>
     <t>R-33-CA-0017</t>
   </si>
   <si>
     <t>R-33-CA-0018</t>
   </si>
   <si>
     <t>R-33-CA-0019</t>
   </si>
   <si>
     <t>R-33-CA-0020</t>
   </si>
   <si>
     <t>R-33-CA-0021</t>
   </si>
   <si>
     <t>R-33-CA-0022</t>
   </si>
   <si>
     <t>R-33-CA-0023</t>
@@ -1582,230 +1393,149 @@
   <si>
     <t>R-33-CA-0024</t>
   </si>
   <si>
     <t>R-33-CA-0025</t>
   </si>
   <si>
     <t>R-33-CA-0026</t>
   </si>
   <si>
     <t>R-33-CA-0027</t>
   </si>
   <si>
     <t>R-33-CA-0028</t>
   </si>
   <si>
     <t>R-33-CA-0029</t>
   </si>
   <si>
     <t>R-33-CA-0030</t>
   </si>
   <si>
     <t>R-72-LA-0050</t>
   </si>
   <si>
-    <t>R-72-LA-0052</t>
-[...7 lines deleted...]
-  <si>
     <t>R-72-LA-0055</t>
   </si>
   <si>
     <t>R-72-LA-0056</t>
   </si>
   <si>
     <t>R-72-LA-0057</t>
   </si>
   <si>
     <t>R-72-LA-0058</t>
   </si>
   <si>
     <t>R-72-LA-0059</t>
   </si>
   <si>
     <t>R-72-LA-0060</t>
   </si>
   <si>
     <t>R-72-LA-0061</t>
   </si>
   <si>
     <t>R-72-LA-0062</t>
   </si>
   <si>
-    <t>R-74-TX-0108</t>
-[...1 lines deleted...]
-  <si>
     <t>R-74-TX-0109</t>
   </si>
   <si>
     <t>R-74-TX-0111</t>
   </si>
   <si>
     <t>R-74-TX-0112</t>
   </si>
   <si>
     <t>R-74-TX-0114</t>
   </si>
   <si>
     <t>R-74-TX-0115</t>
   </si>
   <si>
     <t>R-74-TX-0116</t>
   </si>
   <si>
     <t>R-74-TX-0117</t>
   </si>
   <si>
     <t>R-74-TX-0118</t>
   </si>
   <si>
     <t>R-74-TX-0119</t>
   </si>
   <si>
     <t>R-74-TX-0120</t>
   </si>
   <si>
     <t>R-74-TX-0121</t>
   </si>
   <si>
     <t>R-74-TX-0122</t>
   </si>
   <si>
     <t>R-74-TX-0123</t>
   </si>
   <si>
     <t>R-74-TX-0124</t>
   </si>
   <si>
-    <t>R-74-TX-0125</t>
-[...1 lines deleted...]
-  <si>
     <t>R-74-TX-0126</t>
   </si>
   <si>
     <t>R-74-TX-0127</t>
   </si>
   <si>
     <t>R-74-TX-0128</t>
   </si>
   <si>
     <t>R-63-AL-0007</t>
   </si>
   <si>
-    <t xml:space="preserve">Gulf Atlantic Operations </t>
-[...55 lines deleted...]
-  <si>
     <t>R-36-IL-0040</t>
   </si>
   <si>
     <t>R-72-LA-0063</t>
   </si>
   <si>
     <t xml:space="preserve">Big West Oil - North Salt Lake </t>
   </si>
   <si>
     <t xml:space="preserve">Flint Hills Resources - Corpus Christi </t>
   </si>
   <si>
-    <t>Sinclair Casper Refinery</t>
-[...4 lines deleted...]
-  <si>
     <t>R-84-CO-0034</t>
   </si>
   <si>
     <t>R-84-CO-0035</t>
   </si>
   <si>
     <t>R-51-DE-0036</t>
   </si>
   <si>
-    <t>R-58-GA-0037</t>
-[...1 lines deleted...]
-  <si>
     <t>R-99-HI-0038</t>
   </si>
   <si>
     <t>R-99-HI-0039</t>
   </si>
   <si>
     <t>R-36-IL-0041</t>
   </si>
   <si>
     <t>R-36-IL-0042</t>
   </si>
   <si>
     <t>R-36-IL-0043</t>
   </si>
   <si>
     <t>R-35-IN-0044</t>
   </si>
   <si>
     <t>R-35-IN-0045</t>
   </si>
   <si>
     <t>R-48-KS-0046</t>
   </si>
   <si>
     <t>R-48-KS-0047</t>
@@ -1843,257 +1573,194 @@
   <si>
     <t>R-81-MT-0076</t>
   </si>
   <si>
     <t>R-81-MT-0077</t>
   </si>
   <si>
     <t>R-22-NJ-0080</t>
   </si>
   <si>
     <t>R-22-NJ-0081</t>
   </si>
   <si>
     <t>R-22-NJ-0082</t>
   </si>
   <si>
     <t>R-85-NM-0085</t>
   </si>
   <si>
     <t>R-85-NM-0086</t>
   </si>
   <si>
     <t>R-31-OH-0090</t>
   </si>
   <si>
-    <t>R-31-OH-0091</t>
-[...1 lines deleted...]
-  <si>
     <t>R-73-OK-0094</t>
   </si>
   <si>
     <t>R-73-OK-0095</t>
   </si>
   <si>
     <t>R-73-OK-0096</t>
   </si>
   <si>
     <t>R-73-OK-0097</t>
   </si>
   <si>
     <t>R-23-PA-0101</t>
   </si>
   <si>
-    <t>R-23-PA-0102</t>
-[...1 lines deleted...]
-  <si>
     <t>R-23-PA-0103</t>
   </si>
   <si>
     <t>R-23-PA-0104</t>
   </si>
   <si>
     <t>R-74-TX-0113</t>
   </si>
   <si>
     <t>R-74-TX-0129</t>
   </si>
   <si>
     <t>R-74-TX-0130</t>
   </si>
   <si>
     <t>R-74-TX-0131</t>
   </si>
   <si>
     <t>R-87-UT-0134</t>
   </si>
   <si>
     <t>R-87-UT-0135</t>
   </si>
   <si>
     <t>R-87-UT-0136</t>
   </si>
   <si>
     <t>R-91-WA-0140</t>
   </si>
   <si>
     <t>R-91-WA-0141</t>
   </si>
   <si>
     <t>R-91-WA-0142</t>
   </si>
   <si>
-    <t>R-83-WY-0147</t>
-[...1 lines deleted...]
-  <si>
     <t>R-83-WY-0148</t>
   </si>
   <si>
     <t>R-83-WY-0149</t>
   </si>
   <si>
     <t xml:space="preserve">4401 Hwy 108 </t>
   </si>
   <si>
-    <t>Pelican Refining</t>
-[...7 lines deleted...]
-  <si>
     <t>R-41-MI-0068</t>
   </si>
   <si>
     <t>R-41-MN-0070</t>
   </si>
   <si>
     <t>R-64-MS-0074</t>
   </si>
   <si>
     <t>R-81-MT-0078</t>
   </si>
   <si>
     <t>R-45-ND-0079</t>
   </si>
   <si>
     <t>R-22-NJ-0083</t>
   </si>
   <si>
-    <t xml:space="preserve">204 Grove Ave </t>
-[...7 lines deleted...]
-  <si>
     <t>R-85-NM-0087</t>
   </si>
   <si>
     <t>R-85-NM-0088</t>
   </si>
   <si>
     <t>R-88-NV-0089</t>
   </si>
   <si>
     <t>R-31-OH-0092</t>
   </si>
   <si>
     <t>R-31-OH-0093</t>
   </si>
   <si>
     <t>R-73-OK-0098</t>
   </si>
   <si>
     <t>R-73-OK-0099</t>
   </si>
   <si>
-    <t>R-93-OR-0100</t>
-[...4 lines deleted...]
-  <si>
     <t>R-23-PA-0106</t>
   </si>
   <si>
     <t>R-62-TN-0107</t>
   </si>
   <si>
-    <t xml:space="preserve">R-74-TX-0110 </t>
-[...1 lines deleted...]
-  <si>
     <t>R-74-TX-0132</t>
   </si>
   <si>
     <t>R-74-TX-0133</t>
   </si>
   <si>
     <t>R-87-UT-0137</t>
   </si>
   <si>
     <t>R-87-UT-0138</t>
   </si>
   <si>
-    <t>R-54-VA-0139</t>
-[...1 lines deleted...]
-  <si>
     <t>R-91-WA-0143</t>
   </si>
   <si>
     <t>R-91-WA-0144</t>
   </si>
   <si>
     <t>R-39-WI-0145</t>
   </si>
   <si>
     <t>R-55-WV-0146</t>
   </si>
   <si>
     <t>R-83-WY-0150</t>
   </si>
   <si>
-    <t>R-83-WY-0151</t>
-[...4 lines deleted...]
-  <si>
     <t>ExxonMobil Oil Corporation</t>
   </si>
   <si>
     <t>ExxonMobil Corporation</t>
   </si>
   <si>
-    <t xml:space="preserve">Chalmette Refining LLC </t>
-[...7 lines deleted...]
-  <si>
     <t>R-00-MT-0166</t>
   </si>
   <si>
-    <t xml:space="preserve">Oneok Rockies Midstream, LLC </t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-ND-0167</t>
   </si>
   <si>
-    <t>10050 84th Avenue NW</t>
-[...4 lines deleted...]
-  <si>
     <t>R-00-KS-0169</t>
   </si>
   <si>
     <t xml:space="preserve">Mid-Continent </t>
   </si>
   <si>
     <t xml:space="preserve">1407 5th Ave </t>
   </si>
   <si>
     <t>Williams Field Services</t>
   </si>
   <si>
     <t>One mile west on US Highway 30</t>
   </si>
   <si>
     <t>Opal</t>
   </si>
   <si>
     <t>R-00-WY-0170</t>
   </si>
   <si>
     <t>R-00-LA-0171</t>
   </si>
   <si>
     <t>Discovery Producer Services</t>
@@ -2113,1184 +1780,755 @@
   <si>
     <t>Durango</t>
   </si>
   <si>
     <t>R-00-MT-0173</t>
   </si>
   <si>
     <t>34538 County Road 130</t>
   </si>
   <si>
     <t xml:space="preserve">Sidney </t>
   </si>
   <si>
     <t>R-00-ND-0174</t>
   </si>
   <si>
     <t>3507 149 Avenue NW</t>
   </si>
   <si>
     <t xml:space="preserve">Alexander </t>
   </si>
   <si>
     <t>R-00-LA-0175</t>
   </si>
   <si>
-    <t xml:space="preserve">36187 Highway 30  </t>
-[...1 lines deleted...]
-  <si>
     <t>Geismar</t>
   </si>
   <si>
     <t xml:space="preserve">Phillips 66 Co - Bayway </t>
   </si>
   <si>
     <t>Phillips 66 Co - Los Angeles(Carson)</t>
   </si>
   <si>
     <t>Phillips 66 Co - Los Angeles(Wilmington)</t>
   </si>
   <si>
     <t>Phillips 66 Co - San Francisco (Rodeo)</t>
   </si>
   <si>
     <t>Phillips 66 Co - San Francisco (Santa Maria)</t>
   </si>
   <si>
     <t xml:space="preserve">Phillips 66 Co - Belle Chasse </t>
   </si>
   <si>
     <t xml:space="preserve">Phillips 66 Co - Lake Charles </t>
   </si>
   <si>
-    <t xml:space="preserve">Phillips 66 Co - Sweeny </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Phillips 66 Co - Billings </t>
   </si>
   <si>
     <t xml:space="preserve">Phillips 66 Co - Ferndale </t>
   </si>
   <si>
     <t xml:space="preserve">WRB Refining - Borger </t>
   </si>
   <si>
     <t>R-00-LA-0177</t>
   </si>
   <si>
     <t>Baton Rouge Fractionator</t>
   </si>
   <si>
     <t>220 North River Road</t>
   </si>
   <si>
-    <t xml:space="preserve">Port Allen </t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-LA-0178</t>
   </si>
   <si>
     <t>K/D/S Promix</t>
   </si>
   <si>
     <t>6225 Hwy 996</t>
   </si>
   <si>
     <t>Belle Rose</t>
   </si>
   <si>
     <t>R-00-CA-0180</t>
   </si>
   <si>
     <t>Plains LPG Services</t>
   </si>
   <si>
     <t xml:space="preserve">19430 Beach Avenue </t>
   </si>
   <si>
     <t>Shafter</t>
   </si>
   <si>
-    <t xml:space="preserve">PBF Holding Company - Paulsboro </t>
-[...4 lines deleted...]
-  <si>
     <t>R-00-TX-0181</t>
   </si>
   <si>
-    <t>Southcross Energy GP</t>
-[...4 lines deleted...]
-  <si>
     <t>Gregory</t>
   </si>
   <si>
     <t>R-00-TX-0182</t>
   </si>
   <si>
     <t>Gulf Coast Fractionators</t>
   </si>
   <si>
     <t>9500 FM 1942</t>
   </si>
   <si>
     <t>Mont Belvieu</t>
   </si>
   <si>
-    <t>R-00-NM-0183</t>
-[...10 lines deleted...]
-  <si>
     <t>R-00-CA-0184</t>
   </si>
   <si>
-    <t>9224 Tupman Rd</t>
-[...1 lines deleted...]
-  <si>
     <t>Tupman</t>
   </si>
   <si>
     <t>R-00-WV-0185</t>
   </si>
   <si>
     <t>Williams Ohio Valley Midstream LLC</t>
   </si>
   <si>
     <t xml:space="preserve">200 Caiman Dr </t>
   </si>
   <si>
-    <t>Moundscille</t>
-[...43 lines deleted...]
-  <si>
     <t>R-00-AL-0190</t>
   </si>
   <si>
-    <t>Union Oil Company of California - Chunchula</t>
-[...7 lines deleted...]
-  <si>
     <t>R-00-TX-0191</t>
   </si>
   <si>
-    <t xml:space="preserve">Bridgeport </t>
-[...1 lines deleted...]
-  <si>
     <t>415 CR 3502</t>
   </si>
   <si>
     <t>R-00-AL-0192</t>
   </si>
   <si>
-    <t xml:space="preserve">Hatters Pond </t>
-[...4 lines deleted...]
-  <si>
     <t>Creola</t>
   </si>
   <si>
     <t>R-00-TX-0193</t>
   </si>
   <si>
     <t>Hobbs Fractionation Complex</t>
   </si>
   <si>
-    <t>17 miles west on Hwy 62-180, 3 miles north County Road 237</t>
-[...1 lines deleted...]
-  <si>
     <t>Seminole</t>
   </si>
   <si>
     <t>R-00-LA-0194</t>
   </si>
   <si>
-    <t>10334 Highway 75</t>
-[...1 lines deleted...]
-  <si>
     <t>Geismer</t>
   </si>
   <si>
     <t>Lone Star Refinery Services</t>
   </si>
   <si>
-    <t xml:space="preserve">Morris </t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-OK-0197</t>
   </si>
   <si>
     <t>US 81</t>
   </si>
   <si>
-    <t>Medford</t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-KS-0198</t>
   </si>
   <si>
     <t>Oneok Hydrocarbon LP</t>
   </si>
   <si>
     <t>777 Avenue Y</t>
   </si>
   <si>
     <t>Bushton</t>
   </si>
   <si>
     <t>R-00-KS-0199</t>
   </si>
   <si>
     <t xml:space="preserve">1910 South Broadacres Rd </t>
   </si>
   <si>
     <t>Hutchinson</t>
   </si>
   <si>
     <t>R-00-KS-0200</t>
   </si>
   <si>
     <t>462 Highway 56</t>
   </si>
   <si>
-    <t>Monroe Energy LLC - Trainer</t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-LA-0203</t>
   </si>
   <si>
-    <t xml:space="preserve">609995 Derrick Road </t>
-[...4 lines deleted...]
-  <si>
     <t>R-00-LA-0204</t>
   </si>
   <si>
     <t xml:space="preserve">222 Refinery Road </t>
   </si>
   <si>
     <t>Eunice</t>
   </si>
   <si>
     <t>R-00-AZ-0205</t>
   </si>
   <si>
     <t>12126 W Olive Avenue</t>
   </si>
   <si>
     <t xml:space="preserve">El Mirage </t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
-    <t xml:space="preserve">Pro Petroleum, Inc - El Mirage </t>
-[...1 lines deleted...]
-  <si>
     <t>Township 148N, Range 105 E, Section 36</t>
   </si>
   <si>
     <t>McKenzie County</t>
   </si>
   <si>
     <t>R-00-LA-0206</t>
   </si>
   <si>
     <t>Enterprise Gas Processing</t>
   </si>
   <si>
     <t>15608 Highway 61</t>
   </si>
   <si>
     <t>R-00-LA-0207</t>
   </si>
   <si>
     <t>10324 Hwy 75, River Road</t>
   </si>
   <si>
     <t>R-00-TX-0208</t>
   </si>
   <si>
     <t>Enterprise Products Operating LLC</t>
   </si>
   <si>
     <t>10207 FM 1942</t>
   </si>
   <si>
-    <t>R-00-CA-0209</t>
-[...10 lines deleted...]
-  <si>
     <t>R-00-TX-0210</t>
   </si>
   <si>
     <t>461 CR 237</t>
   </si>
   <si>
     <t xml:space="preserve">Tesoro - Los Angeles - Carson Operations </t>
   </si>
   <si>
     <t>R-00-UT-0211</t>
   </si>
   <si>
     <t>Kinder Morgan Altamont LLC</t>
   </si>
   <si>
-    <t>17790 West 3750 North</t>
-[...1 lines deleted...]
-  <si>
     <t>Altamont</t>
   </si>
   <si>
     <t>R-00-LA-0212</t>
   </si>
   <si>
     <t xml:space="preserve">Diamond Green Diesel </t>
   </si>
   <si>
-    <t xml:space="preserve">14891 Airline Drive </t>
-[...10 lines deleted...]
-  <si>
     <t>R-00-PA-0214</t>
   </si>
   <si>
     <t>Elkhorn Gas Processing LLC</t>
   </si>
   <si>
     <t>6307 Route 6</t>
   </si>
   <si>
-    <t>Kane</t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-PA-0215</t>
   </si>
   <si>
     <t>1911 Route 6</t>
   </si>
   <si>
-    <t>Sheffield</t>
-[...7 lines deleted...]
-  <si>
     <t>R-00-PA-0216</t>
   </si>
   <si>
     <t>R-00-PA-0217</t>
   </si>
   <si>
-    <t>1990 Zimmerman Hill Road</t>
-[...1 lines deleted...]
-  <si>
     <t>Clarendon</t>
   </si>
   <si>
     <t>R-00-TX-0218</t>
   </si>
   <si>
-    <t>Mont Belvieu I</t>
-[...1 lines deleted...]
-  <si>
     <t>9900 FM 1942</t>
   </si>
   <si>
     <t>R-00-TX-0219</t>
   </si>
   <si>
     <t>Occidental Petroleum Corporation</t>
   </si>
   <si>
-    <t>4 miles west of Sundown</t>
-[...1 lines deleted...]
-  <si>
     <t>Sundown</t>
   </si>
   <si>
     <t>R-00-CA-0220</t>
   </si>
   <si>
     <t>28590 Hwy 119</t>
   </si>
   <si>
-    <t>Philadelphia Energy Solutions Refining and Marketing LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-KY-0221</t>
   </si>
   <si>
-    <t xml:space="preserve">Markwest Energy Partners </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">2 Mark West Drive </t>
   </si>
   <si>
     <t>South Shore</t>
   </si>
   <si>
     <t>R-00-WY-0222</t>
   </si>
   <si>
     <t>Tallgrass Midstream, LLC</t>
   </si>
   <si>
     <t>5750 E Yellowstone Hwy</t>
   </si>
   <si>
     <t>Casper</t>
   </si>
   <si>
     <t>R-00-WY-0223</t>
   </si>
   <si>
     <t>252 Hwy 59</t>
   </si>
   <si>
     <t>Douglas</t>
   </si>
   <si>
     <t>Marathon Galveston Bay</t>
   </si>
   <si>
     <t>R-00-PA-0225</t>
   </si>
   <si>
-    <t>800 Western Avenue</t>
-[...4 lines deleted...]
-  <si>
     <t>Markwest Liberty Mainstream Resources</t>
   </si>
   <si>
     <t>R-00-TX-0226</t>
   </si>
   <si>
-    <t>1650 County Rd  255 South</t>
-[...10 lines deleted...]
-  <si>
     <t>R-00-WY-0227</t>
   </si>
   <si>
-    <t xml:space="preserve">Colorado Interstate Gas </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">19178 Gustafson Drive </t>
   </si>
   <si>
     <t>McKittrick</t>
   </si>
   <si>
     <t>R-00-CA-0229</t>
   </si>
   <si>
     <t>R-00-TX-0230</t>
   </si>
   <si>
     <t>Lazarus Energy LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">12372 US Highway 87 East </t>
-[...1 lines deleted...]
-  <si>
     <t>Nixon</t>
   </si>
   <si>
     <t>R-00-ND-0232</t>
   </si>
   <si>
     <t>Hess Tioga Gas Plant LLC</t>
   </si>
   <si>
     <t>10340 68th Street NW</t>
   </si>
   <si>
     <t>Tioga</t>
   </si>
   <si>
-    <t>Copano Processing LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-TX-0234</t>
   </si>
   <si>
-    <t>Southcross Gathering</t>
-[...1 lines deleted...]
-  <si>
     <t>1 Mile North of Hwy 35 on FM 136</t>
   </si>
   <si>
     <t>R-00-TX-0235</t>
   </si>
   <si>
     <t xml:space="preserve">720 Boenig Road </t>
   </si>
   <si>
     <t>Woodsboro</t>
   </si>
   <si>
     <t>REG Geismar LLC</t>
   </si>
   <si>
     <t>R-00-LA-0236</t>
   </si>
   <si>
     <t>EnLink Midstream Services</t>
   </si>
   <si>
     <t>R-00-ND-0237</t>
   </si>
   <si>
-    <t>Dakota Prairie Refining</t>
-[...1 lines deleted...]
-  <si>
     <t>3815 116th Ave SW</t>
   </si>
   <si>
     <t>Dickinson</t>
   </si>
   <si>
     <t>California Resources Elk Hills LLC</t>
   </si>
   <si>
     <t>R-00-TX-0238</t>
   </si>
   <si>
     <t>Kinder Morgan Crude &amp; Condensate</t>
   </si>
   <si>
     <t xml:space="preserve">407 Clinton Drive </t>
   </si>
   <si>
     <t>Galena Park</t>
   </si>
   <si>
     <t>R-00-MO-0239</t>
   </si>
   <si>
     <t>Kinder Morgan Transmix</t>
   </si>
   <si>
     <t>4070 S 1st St</t>
   </si>
   <si>
     <t>St Louis</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>R-00-IL-0240</t>
   </si>
   <si>
-    <t>Aux Sable Liquid Products</t>
-[...1 lines deleted...]
-  <si>
     <t>6155 E US Route 6</t>
   </si>
   <si>
     <t>R-00-NC-0241</t>
   </si>
   <si>
-    <t xml:space="preserve">Kinder Morgan Transmix </t>
-[...4 lines deleted...]
-  <si>
     <t>Greensboro</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>R-00-CA-0242</t>
   </si>
   <si>
     <t>Colton Processing Facility</t>
   </si>
   <si>
-    <t>201 E Santa Ana</t>
-[...1 lines deleted...]
-  <si>
     <t>Bloomington</t>
   </si>
   <si>
     <t>R-00-TX-0243</t>
   </si>
   <si>
     <t>Kingsville</t>
   </si>
   <si>
     <t>R-00-ND-0244</t>
   </si>
   <si>
-    <t>Little Knife Gas Plant</t>
-[...7 lines deleted...]
-  <si>
     <t>R-00-AZ-0245</t>
   </si>
   <si>
-    <t xml:space="preserve">Lupton Petroleum Products </t>
-[...7 lines deleted...]
-  <si>
     <t>ETC Texas Pipeline LTD</t>
   </si>
   <si>
     <t>2763 W Hwy 141</t>
   </si>
   <si>
     <t>R-00-MD-0246</t>
   </si>
   <si>
     <t xml:space="preserve">929 Hoods Mills Rd </t>
   </si>
   <si>
     <t>Woodbine</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>R-00-TX-0247</t>
   </si>
   <si>
-    <t>Petromax Refining Company</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">1519 S Sheldon Road </t>
   </si>
   <si>
     <t>Golden Gate/SET Petroleum Partners</t>
   </si>
   <si>
     <t>1629 21 Road</t>
   </si>
   <si>
     <t>Fruita</t>
   </si>
   <si>
     <t>R-00-CO-0248</t>
   </si>
   <si>
     <t>Buckeye Texas Processing LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1501 Southern Minerals Rd </t>
   </si>
   <si>
     <t>R-00-TX-0249</t>
   </si>
   <si>
     <t>R-00-TX-0250</t>
   </si>
   <si>
     <t>Enterprise GC LLC - Shoup</t>
   </si>
   <si>
     <t xml:space="preserve">802 McKinzie Road </t>
   </si>
   <si>
     <t>R-00-TX-0251</t>
   </si>
   <si>
     <t>Enterprise GC LLC - Armstrong</t>
   </si>
   <si>
     <t>13072 F.M. 682</t>
   </si>
   <si>
     <t>Yoakum</t>
   </si>
   <si>
     <t>R-00-CA-0252</t>
   </si>
   <si>
-    <t>Santa Clar Plant</t>
-[...4 lines deleted...]
-  <si>
     <t>Piru</t>
   </si>
   <si>
     <t>R-00-TX-0253</t>
   </si>
   <si>
     <t>10319 Hwy 146 North</t>
   </si>
   <si>
     <t>R-00-TX-0254</t>
   </si>
   <si>
-    <t>Waskom Gas Processing and Fractionation Plant</t>
-[...1 lines deleted...]
-  <si>
     <t>155 Private Road 1133</t>
   </si>
   <si>
     <t>Waskom</t>
   </si>
   <si>
-    <t>R-00-KS-0255</t>
-[...10 lines deleted...]
-  <si>
     <t>Torrance Refining Company</t>
   </si>
   <si>
     <t>R-00-VA-0256</t>
   </si>
   <si>
-    <t xml:space="preserve">3302 Depwater Rd </t>
-[...4 lines deleted...]
-  <si>
     <t>R-00-TX-0257</t>
   </si>
   <si>
     <t>Phillips 66 Sweeny Frac, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">13 Phillips Plant Road </t>
   </si>
   <si>
     <t>Sweeny</t>
   </si>
   <si>
     <t>R-00-OH-0258</t>
   </si>
   <si>
-    <t>Utica East Ohio Midstream LLC</t>
-[...4 lines deleted...]
-  <si>
     <t>Scio</t>
   </si>
   <si>
     <t>R-00-TX-0259</t>
   </si>
   <si>
     <t>Magellan Processing LP</t>
   </si>
   <si>
-    <t xml:space="preserve">1802 Poth Lane </t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-TX-0260</t>
   </si>
   <si>
     <t xml:space="preserve">11350 Fitzgerald Road </t>
   </si>
   <si>
     <t>R-00-WV-0231</t>
   </si>
   <si>
     <t>Blue Racer Midstream LLC</t>
   </si>
   <si>
-    <t>14786 Energy Road</t>
-[...1 lines deleted...]
-  <si>
     <t>Proctor</t>
   </si>
   <si>
-    <t>R-00-WV-0224</t>
-[...22 lines deleted...]
-  <si>
     <t>R-00-TX-0262</t>
   </si>
   <si>
     <t>Enterprise EF78 LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">Enlink LIG Liquids </t>
-[...1 lines deleted...]
-  <si>
     <t>Enlink Processing Services</t>
   </si>
   <si>
     <t>R-00-LA-0263</t>
   </si>
   <si>
-    <t xml:space="preserve">Enlink Midstream   </t>
-[...4 lines deleted...]
-  <si>
     <t>Highland Partners Holdings LLC</t>
   </si>
   <si>
-    <t>Superior Refining Company LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-CO-0172</t>
   </si>
   <si>
     <t>Midstream Energy Partners (USA) LLC</t>
   </si>
   <si>
     <t>R-00-TX-0264</t>
   </si>
   <si>
     <t>Targa Channelview LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">16514 DeZavala Rd </t>
-[...25 lines deleted...]
-  <si>
     <t>R-00-TX-0266</t>
   </si>
   <si>
     <t>Robstown Fractionator</t>
   </si>
   <si>
-    <t xml:space="preserve">1501 McKinzoe Rd </t>
-[...4 lines deleted...]
-  <si>
     <t>R-00-TX-0268</t>
   </si>
   <si>
     <t>Raven Butene-1 LLC</t>
   </si>
   <si>
     <t>9520 East Freeway</t>
   </si>
   <si>
     <t>R-00-TX-0267</t>
   </si>
   <si>
-    <t>333 Clay St., Ste 5050</t>
-[...4 lines deleted...]
-  <si>
     <t>R-00-TX-0269</t>
   </si>
   <si>
     <t>77541-8654</t>
   </si>
   <si>
-    <t xml:space="preserve">1914 FM 523 Freeport </t>
-[...7 lines deleted...]
-  <si>
     <t>R-00-TX-0270</t>
   </si>
   <si>
-    <t xml:space="preserve">4436 FM 24 </t>
-[...1 lines deleted...]
-  <si>
     <t>Robstown</t>
   </si>
   <si>
-    <t xml:space="preserve">TX </t>
-[...4 lines deleted...]
-  <si>
     <t>REFINERYNO</t>
   </si>
   <si>
     <t>REFINERYNAME</t>
   </si>
   <si>
     <t>REFINERYADDR</t>
   </si>
   <si>
     <t>REFINERYCITY</t>
   </si>
   <si>
     <t>REFINERYST</t>
   </si>
   <si>
     <t>REFINERYZIP</t>
   </si>
   <si>
     <t>R-00-OH-0272</t>
   </si>
   <si>
     <t>R-00-PA-0273</t>
   </si>
   <si>
-    <t>Evans City</t>
-[...40 lines deleted...]
-  <si>
     <t>R-00-NM-0275</t>
   </si>
   <si>
     <t>Artesia Renewable Diesel Company</t>
   </si>
   <si>
     <t>501 E. Main St.</t>
   </si>
   <si>
-    <t>Vertex Refining Alabama LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-KS-0277</t>
   </si>
   <si>
     <t>Seaboard Energy Kansas LLC</t>
   </si>
   <si>
     <t>1043 Road P</t>
   </si>
   <si>
     <t>Hugoton</t>
   </si>
   <si>
     <t>R-00-TX-0276</t>
   </si>
   <si>
     <t>Diamond Green Diesel – Port Arthur</t>
   </si>
   <si>
-    <t>2275 W Rev. Dr. Ransom Howard St.</t>
-[...1 lines deleted...]
-  <si>
     <t>Bakersfield Renewable Fuels, LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">Energy Transfer Marketing &amp; Terminals L.P. </t>
-[...1 lines deleted...]
-  <si>
     <t>R-00-MT-0278</t>
   </si>
   <si>
     <t>Montana Renewables LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1807 3rd St NW </t>
   </si>
   <si>
     <t xml:space="preserve">Great Fall </t>
   </si>
   <si>
     <t xml:space="preserve">PAR Montana - Billings MT </t>
   </si>
   <si>
     <t>Galveston</t>
   </si>
   <si>
     <t>4800 Old Port Industrial</t>
   </si>
   <si>
     <t>Texas International Refining, LLC</t>
   </si>
   <si>
     <t>R-00-TX-0279</t>
@@ -3298,106 +2536,791 @@
   <si>
     <t>R-00-TX-0282</t>
   </si>
   <si>
     <t>Net Zero Carbon One (a.k.a. Pathfinder)</t>
   </si>
   <si>
     <t>1202 McBride Lane, Corpus</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>R-00-TX-0283</t>
   </si>
   <si>
     <t>Monument Chemical Port Authur</t>
   </si>
   <si>
     <t>2450 S Gulfway Dr</t>
   </si>
   <si>
     <t>Cedar Bayou Fractionator</t>
   </si>
   <si>
-    <t>Active Refinery Control Numbers@ 03/31/2025</t>
+    <t>R-00-LA-0274</t>
+  </si>
+  <si>
+    <t>R-00-NV-0280</t>
+  </si>
+  <si>
+    <t>R-00-TX-0281</t>
+  </si>
+  <si>
+    <t>R-74-TX-0110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNION OIL COMPANY OF CALIFORNIA - CHUNCHULA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">12303 ROBERTS RD </t>
+  </si>
+  <si>
+    <t>CHUNCHULA</t>
+  </si>
+  <si>
+    <t>36521</t>
+  </si>
+  <si>
+    <t>Hatters Pond</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1340 Radcliff Road </t>
+  </si>
+  <si>
+    <t>36575</t>
+  </si>
+  <si>
+    <t>Pro Petroleum</t>
+  </si>
+  <si>
+    <t>85333</t>
+  </si>
+  <si>
+    <t>Lupton Petroleum Products Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">I-40 Exit 359 Grand Rd </t>
+  </si>
+  <si>
+    <t>Lupton</t>
+  </si>
+  <si>
+    <t>86508</t>
+  </si>
+  <si>
+    <t>93623</t>
+  </si>
+  <si>
+    <t>9224 Tupman Road</t>
+  </si>
+  <si>
+    <t>93276</t>
+  </si>
+  <si>
+    <t>Belridge Gas Plant</t>
+  </si>
+  <si>
+    <t>93251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">201 E Santa Ana </t>
+  </si>
+  <si>
+    <t>92316</t>
+  </si>
+  <si>
+    <t>Santa Clara Plant</t>
+  </si>
+  <si>
+    <t>3824 Gulberson Road</t>
+  </si>
+  <si>
+    <t>93040</t>
+  </si>
+  <si>
+    <t>81303</t>
+  </si>
+  <si>
+    <t>81521</t>
+  </si>
+  <si>
+    <t>Aux Sable Liquid Products LP</t>
+  </si>
+  <si>
+    <t>Morris</t>
+  </si>
+  <si>
+    <t>60450</t>
+  </si>
+  <si>
+    <t>Oneok Hydrocarbon - Bushton</t>
+  </si>
+  <si>
+    <t>67427</t>
+  </si>
+  <si>
+    <t>67501</t>
+  </si>
+  <si>
+    <t>Oneok Hydrocarbon</t>
+  </si>
+  <si>
+    <t>67951</t>
+  </si>
+  <si>
+    <t>Markwest Energy Partners - Siloam Fractionation</t>
+  </si>
+  <si>
+    <t>41175</t>
+  </si>
+  <si>
+    <t>70080</t>
+  </si>
+  <si>
+    <t>36187 Highway 30</t>
+  </si>
+  <si>
+    <t>70734</t>
+  </si>
+  <si>
+    <t>70341</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10334 Highway 75 </t>
+  </si>
+  <si>
+    <t>70737</t>
+  </si>
+  <si>
+    <t>Enlink Lig Liquids LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60995 Derrick Road </t>
+  </si>
+  <si>
+    <t>Plaquemine</t>
+  </si>
+  <si>
+    <t>70535</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Enterprise Gas Pocessing </t>
+  </si>
+  <si>
+    <t>14891 Airline Drive</t>
+  </si>
+  <si>
+    <t>78249</t>
+  </si>
+  <si>
+    <t>Calcasieu Refining</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4359 W Tank Farm Road </t>
+  </si>
+  <si>
+    <t>70605</t>
+  </si>
+  <si>
+    <t>Enlink Miidstream</t>
+  </si>
+  <si>
+    <t>10280 Highway 75 River Road</t>
+  </si>
+  <si>
+    <t>Belle Rose Terminal</t>
+  </si>
+  <si>
+    <t>1282 Highway 70 South Belle Rose</t>
+  </si>
+  <si>
+    <t>Los Angeles</t>
+  </si>
+  <si>
+    <t>Kinder organ Transmix - Dorsey Junction</t>
+  </si>
+  <si>
+    <t>21797</t>
+  </si>
+  <si>
+    <t>63118</t>
+  </si>
+  <si>
+    <t>Oneok Rockies Midstream LLC</t>
+  </si>
+  <si>
+    <t>59270</t>
+  </si>
+  <si>
+    <t>50270</t>
+  </si>
+  <si>
+    <t>Kinder Morgan Transmix - Greensboro</t>
+  </si>
+  <si>
+    <t>6907 W Market Street</t>
+  </si>
+  <si>
+    <t>27409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Steel Reef </t>
+  </si>
+  <si>
+    <t>10050 84TH AVE NW</t>
+  </si>
+  <si>
+    <t>LIGNITE</t>
+  </si>
+  <si>
+    <t>58752</t>
+  </si>
+  <si>
+    <t>Hiland Partners Holdings LLC</t>
+  </si>
+  <si>
+    <t>58831</t>
+  </si>
+  <si>
+    <t>58852</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prairie Refining Dakota </t>
+  </si>
+  <si>
+    <t>58601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Little Knife Gas Plant </t>
+  </si>
+  <si>
+    <t>813 123rd Ave SW</t>
+  </si>
+  <si>
+    <t>Killdeer</t>
+  </si>
+  <si>
+    <t>58640</t>
+  </si>
+  <si>
+    <t>MBT Nevada LLC</t>
+  </si>
+  <si>
+    <t>526 Parkson Rd</t>
+  </si>
+  <si>
+    <t>Henderson</t>
+  </si>
+  <si>
+    <t>89011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Utica East Ohio Midstream LLC </t>
+  </si>
+  <si>
+    <t>37905 Crimm Road</t>
+  </si>
+  <si>
+    <t>43988</t>
+  </si>
+  <si>
+    <t>MARKWEST LIBERTY MIDSTREAM &amp; RESOURCES, LLC</t>
+  </si>
+  <si>
+    <t>46700 GIACOVVI ROAD</t>
+  </si>
+  <si>
+    <t>JEWETT</t>
+  </si>
+  <si>
+    <t>43986</t>
+  </si>
+  <si>
+    <t>Oneok Hydrocarbon - Medford</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medford </t>
+  </si>
+  <si>
+    <t>73759</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kane </t>
+  </si>
+  <si>
+    <t>16735</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sheffield </t>
+  </si>
+  <si>
+    <t>16347</t>
+  </si>
+  <si>
+    <t>1371 South Ave</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1990 Zimmerman Hill Road </t>
+  </si>
+  <si>
+    <t>16313</t>
+  </si>
+  <si>
+    <t xml:space="preserve">800 Western Avenue </t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>15301</t>
+  </si>
+  <si>
+    <t>440 HARTMANN ROAD</t>
+  </si>
+  <si>
+    <t>EVANS CITY</t>
+  </si>
+  <si>
+    <t>16033</t>
+  </si>
+  <si>
+    <t>SouthCross Energy GP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FM 136 </t>
+  </si>
+  <si>
+    <t>78359</t>
+  </si>
+  <si>
+    <t>77580</t>
+  </si>
+  <si>
+    <t>Bridgeport</t>
+  </si>
+  <si>
+    <t>76426</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17 miles west on Hwy 62-180, </t>
+  </si>
+  <si>
+    <t>79360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mont Belvieu 1 </t>
+  </si>
+  <si>
+    <t>4 miles West of Sundown Texas</t>
+  </si>
+  <si>
+    <t>79372</t>
+  </si>
+  <si>
+    <t>Copano Pocessing LLC</t>
+  </si>
+  <si>
+    <t>1650 County Rd, 255 South</t>
+  </si>
+  <si>
+    <t>Sheridan</t>
+  </si>
+  <si>
+    <t>77415</t>
+  </si>
+  <si>
+    <t>11372 US Highway 87 East</t>
+  </si>
+  <si>
+    <t>78140</t>
+  </si>
+  <si>
+    <t>Southcross Gathering - Gregory</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gregory </t>
+  </si>
+  <si>
+    <t>Southcross Gathering - Bonnie View</t>
+  </si>
+  <si>
+    <t>78393</t>
+  </si>
+  <si>
+    <t>77547</t>
+  </si>
+  <si>
+    <t>78363</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Petromax Refining Co </t>
+  </si>
+  <si>
+    <t>77015</t>
+  </si>
+  <si>
+    <t>78409</t>
+  </si>
+  <si>
+    <t>78410</t>
+  </si>
+  <si>
+    <t>77995</t>
+  </si>
+  <si>
+    <t>Waskhom Gas Processing and Fractionation Plant</t>
+  </si>
+  <si>
+    <t>75692</t>
+  </si>
+  <si>
+    <t>77480</t>
+  </si>
+  <si>
+    <t>1802 Poth Lane</t>
+  </si>
+  <si>
+    <t>77523</t>
+  </si>
+  <si>
+    <t>16514 DeZavala Rd</t>
+  </si>
+  <si>
+    <t>Channelview</t>
+  </si>
+  <si>
+    <t>77530</t>
+  </si>
+  <si>
+    <t>1501 McKinzie Rd</t>
+  </si>
+  <si>
+    <t>FLNG LIQUEFACTION LLC</t>
+  </si>
+  <si>
+    <t>333 CLAY ST., STE 5050</t>
+  </si>
+  <si>
+    <t>HOUSTON</t>
+  </si>
+  <si>
+    <t>7700204101</t>
+  </si>
+  <si>
+    <t>77521</t>
+  </si>
+  <si>
+    <t>FLIQ COMMON FACILITY LLC</t>
+  </si>
+  <si>
+    <t>1914 FM 523</t>
+  </si>
+  <si>
+    <t>Freeport</t>
+  </si>
+  <si>
+    <t>EPIC Y-GRADE LOGISTICS LP</t>
+  </si>
+  <si>
+    <t>4436 FM 24</t>
+  </si>
+  <si>
+    <t>78380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2275 W Rev. Dr. Ransom Howard St. </t>
+  </si>
+  <si>
+    <t>77640</t>
+  </si>
+  <si>
+    <t>77554</t>
+  </si>
+  <si>
+    <t>Pasadena Performance Products LP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">601 North South St. </t>
+  </si>
+  <si>
+    <t>77002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17790 West 3750 North </t>
+  </si>
+  <si>
+    <t>84001</t>
+  </si>
+  <si>
+    <t>Kinder Morgan Transmix Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3302 Deepwater Terminal Rd </t>
+  </si>
+  <si>
+    <t>23234</t>
+  </si>
+  <si>
+    <t>Moundsville</t>
+  </si>
+  <si>
+    <t>26041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14786 Energy Road </t>
+  </si>
+  <si>
+    <t>26501</t>
+  </si>
+  <si>
+    <t>83124</t>
+  </si>
+  <si>
+    <t>82609</t>
+  </si>
+  <si>
+    <t>82633</t>
+  </si>
+  <si>
+    <t>Colorado Interstate Gas Company</t>
+  </si>
+  <si>
+    <t>230 Plant Rd</t>
+  </si>
+  <si>
+    <t>PBF Holding Company</t>
+  </si>
+  <si>
+    <t>Monroe Energy LLC</t>
+  </si>
+  <si>
+    <t>Energy Transfer Marketing &amp; Terminals L.P.</t>
+  </si>
+  <si>
+    <t>Green St AND Delaware Ave</t>
+  </si>
+  <si>
+    <t>43616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sunoco - Toledo </t>
+  </si>
+  <si>
+    <t>94572</t>
+  </si>
+  <si>
+    <t>93420</t>
+  </si>
+  <si>
+    <t>93307</t>
+  </si>
+  <si>
+    <t>MARTINEZ REFINING COMPANY LLC</t>
+  </si>
+  <si>
+    <t>135th St AND New Ave</t>
+  </si>
+  <si>
+    <t>I-55 AND Arsenal Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Superior Refining Company </t>
+  </si>
+  <si>
+    <t xml:space="preserve">St. Paul Park Refining Co LLC </t>
+  </si>
+  <si>
+    <t>HF Sinclair El Dorado Refining LLC</t>
+  </si>
+  <si>
+    <t>Valero - Delaware City</t>
+  </si>
+  <si>
+    <t>36502</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shell Chemical - Saraland </t>
+  </si>
+  <si>
+    <t>39439</t>
+  </si>
+  <si>
+    <t>Chalmette Refining LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valero Refining  - Meraux LLC </t>
+  </si>
+  <si>
+    <t>70087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Phillips 66 Co - Ponca City </t>
+  </si>
+  <si>
+    <t>HF Sinclair Tulsa Refining LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF Sinclair Tulsa Refining LLC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ConocoPhillips - Sweeny </t>
+  </si>
+  <si>
+    <t>77463</t>
+  </si>
+  <si>
+    <t>77701</t>
+  </si>
+  <si>
+    <t>77049</t>
+  </si>
+  <si>
+    <t>Shell - Deer Park (Deer Park Refining LP)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Motiva - Port Arthur  </t>
+  </si>
+  <si>
+    <t>2555 Savannah Avenue</t>
+  </si>
+  <si>
+    <t>Valero (Premcor Refinig Group, LLC) - Port Arthur</t>
+  </si>
+  <si>
+    <t>77012</t>
+  </si>
+  <si>
+    <t>HF Sinclair Casper Refinery  LLC</t>
+  </si>
+  <si>
+    <t>82636</t>
+  </si>
+  <si>
+    <t>HF Sinclair Parco Refinery LLC</t>
+  </si>
+  <si>
+    <t>HF Sinclair Navajo Refining LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF Sinclair Navajo Refining LLC </t>
+  </si>
+  <si>
+    <t>South of Lovinton</t>
+  </si>
+  <si>
+    <t>87347</t>
+  </si>
+  <si>
+    <t>HF Sinclair Woods Cross Refining LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF Sinclair Puget Sound Refining LLC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">U S  Oil AND Refining - Tacoma </t>
+  </si>
+  <si>
+    <t>&lt;UNKNOWN&gt;</t>
+  </si>
+  <si>
+    <t>1100 H AND H</t>
+  </si>
+  <si>
+    <t>IES Downstream LLC</t>
+  </si>
+  <si>
+    <t>96707</t>
+  </si>
+  <si>
+    <t>Hawaii Independent Energy</t>
+  </si>
+  <si>
+    <t>Active Refinery Control Numbers@ 12/31/2025</t>
+  </si>
+  <si>
+    <t>R-00-TX-0284</t>
+  </si>
+  <si>
+    <t>TPC HNO</t>
+  </si>
+  <si>
+    <t>8600 PARK PLACE BLVD</t>
+  </si>
+  <si>
+    <t>77017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
-    </font>
-[...3 lines deleted...]
-      <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF2F5597"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
@@ -3435,75 +3358,75 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...7 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
@@ -3524,105 +3447,108 @@
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal_Sheet2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3875,5220 +3801,4832 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G256"/>
+  <dimension ref="A1:G229"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H9" sqref="H9"/>
+      <selection pane="bottomLeft" activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="24.7265625" defaultRowHeight="25.15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="24.7109375" defaultRowHeight="25.15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" style="4" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="24.7265625" style="4"/>
+    <col min="1" max="1" width="13.5703125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="39.42578125" style="4" customWidth="1"/>
+    <col min="3" max="3" width="24.7109375" style="4" customWidth="1"/>
+    <col min="4" max="4" width="16.7109375" style="4" customWidth="1"/>
+    <col min="5" max="5" width="13.7109375" style="26" customWidth="1"/>
+    <col min="6" max="6" width="15.42578125" style="26" customWidth="1"/>
+    <col min="7" max="16384" width="24.7109375" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-    <row r="2" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="41" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B1" s="42"/>
+      <c r="C1" s="42"/>
+      <c r="D1" s="42"/>
+      <c r="E1" s="42"/>
+      <c r="F1" s="42"/>
+    </row>
+    <row r="2" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="19" t="s">
-        <v>1038</v>
+        <v>800</v>
       </c>
       <c r="B2" s="28" t="s">
-        <v>1039</v>
+        <v>801</v>
       </c>
       <c r="C2" s="28" t="s">
-        <v>1040</v>
+        <v>802</v>
       </c>
       <c r="D2" s="28" t="s">
-        <v>1041</v>
+        <v>803</v>
       </c>
       <c r="E2" s="18" t="s">
-        <v>1042</v>
+        <v>804</v>
       </c>
       <c r="F2" s="18" t="s">
-        <v>1043</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
-        <v>755</v>
+        <v>616</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>756</v>
+        <v>839</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>757</v>
+        <v>840</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>758</v>
+        <v>841</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-    <row r="4" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
-        <v>762</v>
+        <v>619</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>763</v>
+        <v>843</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>764</v>
+        <v>844</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>765</v>
+        <v>620</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-    <row r="5" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
-        <v>794</v>
+        <v>642</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>798</v>
+        <v>846</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>795</v>
+        <v>643</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>796</v>
+        <v>644</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>797</v>
-[...5 lines deleted...]
-    <row r="6" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>645</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="B6" s="8" t="s">
+        <v>848</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>849</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>850</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>604</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>853</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="6" t="s">
+        <v>696</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="6" t="s">
+        <v>730</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>732</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="6" t="s">
+        <v>759</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>859</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>860</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>760</v>
+      </c>
+      <c r="E12" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" s="20" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="6" t="s">
+        <v>786</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>573</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>574</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>575</v>
+      </c>
+      <c r="E13" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="F13" s="20" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="6" t="s">
+        <v>748</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>745</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>746</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="E14" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="F14" s="20" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="6" t="s">
+        <v>725</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>864</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>726</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>865</v>
+      </c>
+      <c r="E15" s="20" t="s">
+        <v>100</v>
+      </c>
+      <c r="F15" s="20" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>563</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>564</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="E16" s="20" t="s">
+        <v>124</v>
+      </c>
+      <c r="F16" s="20" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="8" t="s">
+        <v>629</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>867</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>631</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>632</v>
+      </c>
+      <c r="E17" s="20" t="s">
+        <v>124</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>630</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>634</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="E18" s="20" t="s">
+        <v>124</v>
+      </c>
+      <c r="F18" s="20" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="6" t="s">
+        <v>636</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>870</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" s="20" t="s">
+        <v>124</v>
+      </c>
+      <c r="F19" s="20" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>812</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>813</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>814</v>
+      </c>
+      <c r="E20" s="20" t="s">
+        <v>124</v>
+      </c>
+      <c r="F20" s="20" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="B21" s="8" t="s">
+        <v>872</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>680</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>681</v>
+      </c>
+      <c r="E21" s="20" t="s">
+        <v>135</v>
+      </c>
+      <c r="F21" s="20" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="B22" s="8" t="s">
+        <v>570</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>571</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>572</v>
+      </c>
+      <c r="E22" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F22" s="20" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>709</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>583</v>
+      </c>
+      <c r="E23" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F23" s="20" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="6" t="s">
+        <v>594</v>
+      </c>
+      <c r="B24" s="8" t="s">
+        <v>595</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>596</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="E24" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F24" s="20" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="9" t="s">
+        <v>597</v>
+      </c>
+      <c r="B25" s="34" t="s">
+        <v>598</v>
+      </c>
+      <c r="C25" s="34" t="s">
+        <v>599</v>
+      </c>
+      <c r="D25" s="34" t="s">
+        <v>600</v>
+      </c>
+      <c r="E25" s="35" t="s">
+        <v>140</v>
+      </c>
+      <c r="F25" s="35" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="B26" s="8" t="s">
+        <v>626</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>878</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>625</v>
+      </c>
+      <c r="E26" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F26" s="20" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="B27" s="8" t="s">
+        <v>880</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>881</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>882</v>
+      </c>
+      <c r="E27" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F27" s="20" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="B28" s="8" t="s">
+        <v>783</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>640</v>
+      </c>
+      <c r="D28" s="8" t="s">
+        <v>641</v>
+      </c>
+      <c r="E28" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F28" s="20" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="B29" s="8" t="s">
+        <v>884</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>650</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="E29" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F29" s="20" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B30" s="8" t="s">
+        <v>649</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>652</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>583</v>
+      </c>
+      <c r="E30" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F30" s="20" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="B31" s="8" t="s">
+        <v>663</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>885</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="E31" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F31" s="20" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="6" t="s">
+        <v>710</v>
+      </c>
+      <c r="B32" s="8" t="s">
+        <v>887</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>888</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="E32" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F32" s="20" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="6" t="s">
+        <v>784</v>
+      </c>
+      <c r="B33" s="8" t="s">
+        <v>890</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>891</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>583</v>
+      </c>
+      <c r="E33" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F33" s="20" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="6" t="s">
+        <v>835</v>
+      </c>
+      <c r="B34" s="8" t="s">
+        <v>892</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>893</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>894</v>
+      </c>
+      <c r="E34" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F34" s="20" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="6" t="s">
+        <v>739</v>
+      </c>
+      <c r="B35" s="8" t="s">
+        <v>895</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>740</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>741</v>
+      </c>
+      <c r="E35" s="20" t="s">
+        <v>742</v>
+      </c>
+      <c r="F35" s="20" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="B36" s="8" t="s">
+        <v>721</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>722</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>723</v>
+      </c>
+      <c r="E36" s="20" t="s">
+        <v>724</v>
+      </c>
+      <c r="F36" s="20" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="B37" s="8" t="s">
+        <v>898</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>646</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>647</v>
+      </c>
+      <c r="E37" s="20" t="s">
+        <v>213</v>
+      </c>
+      <c r="F37" s="20" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="B38" s="8" t="s">
+        <v>785</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>577</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>578</v>
+      </c>
+      <c r="E38" s="20" t="s">
+        <v>213</v>
+      </c>
+      <c r="F38" s="20" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="6" t="s">
+        <v>818</v>
+      </c>
+      <c r="B39" s="8" t="s">
+        <v>819</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>820</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>821</v>
+      </c>
+      <c r="E39" s="20" t="s">
+        <v>213</v>
+      </c>
+      <c r="F39" s="20" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="6" t="s">
+        <v>727</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>901</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>902</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>728</v>
+      </c>
+      <c r="E40" s="20" t="s">
+        <v>729</v>
+      </c>
+      <c r="F40" s="20" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B41" s="8" t="s">
+        <v>904</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>905</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>906</v>
+      </c>
+      <c r="E41" s="20" t="s">
+        <v>226</v>
+      </c>
+      <c r="F41" s="20" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="B42" s="8" t="s">
+        <v>908</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>580</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>581</v>
+      </c>
+      <c r="E42" s="20" t="s">
+        <v>226</v>
+      </c>
+      <c r="F42" s="20" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="29.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="6" t="s">
+        <v>700</v>
+      </c>
+      <c r="B43" s="8" t="s">
+        <v>701</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>702</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>703</v>
+      </c>
+      <c r="E43" s="20" t="s">
+        <v>226</v>
+      </c>
+      <c r="F43" s="20" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="6" t="s">
+        <v>712</v>
+      </c>
+      <c r="B44" s="8" t="s">
+        <v>911</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>714</v>
+      </c>
+      <c r="E44" s="20" t="s">
+        <v>226</v>
+      </c>
+      <c r="F44" s="20" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="6" t="s">
+        <v>735</v>
+      </c>
+      <c r="B45" s="8" t="s">
+        <v>913</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>914</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="E45" s="20" t="s">
+        <v>226</v>
+      </c>
+      <c r="F45" s="20" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="6" t="s">
+        <v>808</v>
+      </c>
+      <c r="B46" s="8" t="s">
+        <v>809</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>810</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>244</v>
+      </c>
+      <c r="E46" s="20" t="s">
+        <v>245</v>
+      </c>
+      <c r="F46" s="20" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="6" t="s">
+        <v>836</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>918</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>919</v>
+      </c>
+      <c r="E47" s="20" t="s">
+        <v>259</v>
+      </c>
+      <c r="F47" s="20" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="B48" s="8" t="s">
+        <v>921</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>922</v>
+      </c>
+      <c r="D48" s="8" t="s">
+        <v>773</v>
+      </c>
+      <c r="E48" s="20" t="s">
+        <v>264</v>
+      </c>
+      <c r="F48" s="20" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="6" t="s">
+        <v>806</v>
+      </c>
+      <c r="B49" s="8" t="s">
+        <v>924</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>925</v>
+      </c>
+      <c r="D49" s="8" t="s">
         <v>926</v>
       </c>
-      <c r="B6" s="8" t="s">
+      <c r="E49" s="20" t="s">
+        <v>264</v>
+      </c>
+      <c r="F49" s="20" t="s">
         <v>927</v>
       </c>
-      <c r="C6" s="2" t="s">
+    </row>
+    <row r="50" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="B50" s="8" t="s">
         <v>928</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="C50" s="8" t="s">
+        <v>628</v>
+      </c>
+      <c r="D50" s="8" t="s">
         <v>929</v>
       </c>
-      <c r="E6" s="1" t="s">
-[...647 lines deleted...]
-      <c r="A39" s="6" t="s">
+      <c r="E50" s="20" t="s">
+        <v>272</v>
+      </c>
+      <c r="F50" s="20" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="B51" s="32" t="s">
+        <v>665</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>666</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>931</v>
+      </c>
+      <c r="E51" s="20" t="s">
+        <v>293</v>
+      </c>
+      <c r="F51" s="20" t="s">
         <v>932</v>
       </c>
-      <c r="B39" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="8" t="s">
+    </row>
+    <row r="52" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="B52" s="8" t="s">
+        <v>665</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>668</v>
+      </c>
+      <c r="D52" s="8" t="s">
         <v>933</v>
-      </c>
-[...261 lines deleted...]
-        <v>978</v>
       </c>
       <c r="E52" s="20" t="s">
         <v>293</v>
       </c>
-      <c r="F52" s="20">
-[...3 lines deleted...]
-    <row r="53" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F52" s="20" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="6" t="s">
-        <v>1044</v>
+        <v>669</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>1047</v>
+        <v>665</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>1055</v>
+        <v>935</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>1054</v>
+        <v>292</v>
       </c>
       <c r="E53" s="20" t="s">
         <v>293</v>
       </c>
-      <c r="F53" s="20">
-[...3 lines deleted...]
-    <row r="54" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F53" s="20" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="B54" s="8" t="s">
+        <v>665</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>936</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>671</v>
+      </c>
+      <c r="E54" s="20" t="s">
+        <v>293</v>
+      </c>
+      <c r="F54" s="20" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="B55" s="8" t="s">
+        <v>691</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>938</v>
+      </c>
+      <c r="D55" s="8" t="s">
+        <v>939</v>
+      </c>
+      <c r="E55" s="20" t="s">
+        <v>293</v>
+      </c>
+      <c r="F55" s="20" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="6" t="s">
+        <v>807</v>
+      </c>
+      <c r="B56" s="8" t="s">
+        <v>924</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>941</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>942</v>
+      </c>
+      <c r="E56" s="20" t="s">
+        <v>293</v>
+      </c>
+      <c r="F56" s="20" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="B57" s="8" t="s">
+        <v>944</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>945</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>606</v>
+      </c>
+      <c r="E57" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F57" s="20" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="B58" s="8" t="s">
+        <v>608</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>609</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="E58" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F58" s="20" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="B59" s="8" t="s">
+        <v>711</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>618</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>948</v>
+      </c>
+      <c r="E59" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F59" s="20" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="B60" s="8" t="s">
+        <v>622</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>950</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>623</v>
+      </c>
+      <c r="E60" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F60" s="20" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B61" s="8" t="s">
+        <v>654</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>655</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="E61" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F61" s="20" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="B62" s="8" t="s">
+        <v>654</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>657</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>623</v>
+      </c>
+      <c r="E62" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F62" s="20" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="B63" s="8" t="s">
+        <v>952</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>673</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="E63" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F63" s="20" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="B64" s="8" t="s">
+        <v>675</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>953</v>
+      </c>
+      <c r="D64" s="8" t="s">
+        <v>676</v>
+      </c>
+      <c r="E64" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F64" s="20" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="B65" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>956</v>
+      </c>
+      <c r="D65" s="8" t="s">
+        <v>957</v>
+      </c>
+      <c r="E65" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F65" s="20" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="6" t="s">
+        <v>697</v>
+      </c>
+      <c r="B66" s="8" t="s">
+        <v>698</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>959</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>699</v>
+      </c>
+      <c r="E66" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F66" s="20" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="6" t="s">
+        <v>704</v>
+      </c>
+      <c r="B67" s="8" t="s">
+        <v>961</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>705</v>
+      </c>
+      <c r="D67" s="8" t="s">
+        <v>962</v>
+      </c>
+      <c r="E67" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F67" s="20" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="6" t="s">
+        <v>706</v>
+      </c>
+      <c r="B68" s="8" t="s">
+        <v>963</v>
+      </c>
+      <c r="C68" s="8" t="s">
+        <v>707</v>
+      </c>
+      <c r="D68" s="8" t="s">
+        <v>708</v>
+      </c>
+      <c r="E68" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F68" s="20" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="B69" s="8" t="s">
+        <v>717</v>
+      </c>
+      <c r="C69" s="8" t="s">
+        <v>718</v>
+      </c>
+      <c r="D69" s="8" t="s">
+        <v>719</v>
+      </c>
+      <c r="E69" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F69" s="20" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="6" t="s">
+        <v>733</v>
+      </c>
+      <c r="B70" s="8" t="s">
+        <v>737</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>738</v>
+      </c>
+      <c r="D70" s="8" t="s">
+        <v>734</v>
+      </c>
+      <c r="E70" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F70" s="20" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="6" t="s">
+        <v>743</v>
+      </c>
+      <c r="B71" s="8" t="s">
+        <v>967</v>
+      </c>
+      <c r="C71" s="8" t="s">
+        <v>744</v>
+      </c>
+      <c r="D71" s="8" t="s">
+        <v>340</v>
+      </c>
+      <c r="E71" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F71" s="20" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="6" t="s">
+        <v>751</v>
+      </c>
+      <c r="B72" s="9" t="s">
+        <v>749</v>
+      </c>
+      <c r="C72" s="9" t="s">
+        <v>750</v>
+      </c>
+      <c r="D72" s="9" t="s">
+        <v>318</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="B73" s="8" t="s">
+        <v>753</v>
+      </c>
+      <c r="C73" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="D73" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="E73" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="6" t="s">
+        <v>755</v>
+      </c>
+      <c r="B74" s="8" t="s">
+        <v>756</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>757</v>
+      </c>
+      <c r="D74" s="8" t="s">
+        <v>758</v>
+      </c>
+      <c r="E74" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="B75" s="8" t="s">
+        <v>834</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>762</v>
+      </c>
+      <c r="D75" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="E75" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="6" t="s">
+        <v>763</v>
+      </c>
+      <c r="B76" s="8" t="s">
+        <v>972</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>764</v>
+      </c>
+      <c r="D76" s="8" t="s">
+        <v>765</v>
+      </c>
+      <c r="E76" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="6" t="s">
+        <v>768</v>
+      </c>
+      <c r="B77" s="8" t="s">
+        <v>769</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>770</v>
+      </c>
+      <c r="D77" s="8" t="s">
+        <v>771</v>
+      </c>
+      <c r="E77" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="8" t="s">
+        <v>774</v>
+      </c>
+      <c r="B78" s="8" t="s">
         <v>775</v>
       </c>
-      <c r="B54" s="8" t="s">
+      <c r="C78" s="8" t="s">
+        <v>975</v>
+      </c>
+      <c r="D78" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="E78" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F78" s="20" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="8" t="s">
+        <v>776</v>
+      </c>
+      <c r="B79" s="8" t="s">
+        <v>630</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>777</v>
+      </c>
+      <c r="D79" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="E79" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F79" s="20" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="8" t="s">
+        <v>781</v>
+      </c>
+      <c r="B80" s="8" t="s">
+        <v>782</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>655</v>
+      </c>
+      <c r="D80" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="E80" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F80" s="20" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="B81" s="8" t="s">
+        <v>789</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>977</v>
+      </c>
+      <c r="D81" s="8" t="s">
+        <v>978</v>
+      </c>
+      <c r="E81" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F81" s="20" t="s">
+        <v>979</v>
+      </c>
+      <c r="G81" s="40" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="8" t="s">
+        <v>790</v>
+      </c>
+      <c r="B82" s="8" t="s">
+        <v>791</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>980</v>
+      </c>
+      <c r="D82" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="E82" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F82" s="20" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="8" t="s">
+        <v>795</v>
+      </c>
+      <c r="B83" s="8" t="s">
+        <v>981</v>
+      </c>
+      <c r="C83" s="8" t="s">
+        <v>982</v>
+      </c>
+      <c r="D83" s="8" t="s">
+        <v>983</v>
+      </c>
+      <c r="E83" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F83" s="20" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="8" t="s">
+        <v>792</v>
+      </c>
+      <c r="B84" s="8" t="s">
+        <v>793</v>
+      </c>
+      <c r="C84" s="8" t="s">
+        <v>794</v>
+      </c>
+      <c r="D84" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="E84" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F84" s="20" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="8" t="s">
+        <v>796</v>
+      </c>
+      <c r="B85" s="8" t="s">
+        <v>986</v>
+      </c>
+      <c r="C85" s="8" t="s">
+        <v>987</v>
+      </c>
+      <c r="D85" s="8" t="s">
+        <v>988</v>
+      </c>
+      <c r="E85" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F85" s="20" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="6" t="s">
+        <v>798</v>
+      </c>
+      <c r="B86" s="8" t="s">
+        <v>989</v>
+      </c>
+      <c r="C86" s="8" t="s">
+        <v>990</v>
+      </c>
+      <c r="D86" s="8" t="s">
+        <v>799</v>
+      </c>
+      <c r="E86" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F86" s="20" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="B87" s="8" t="s">
+        <v>816</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>992</v>
+      </c>
+      <c r="D87" s="8" t="s">
+        <v>351</v>
+      </c>
+      <c r="E87" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F87" s="20" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="6" t="s">
+        <v>826</v>
+      </c>
+      <c r="B88" s="8" t="s">
+        <v>825</v>
+      </c>
+      <c r="C88" s="8" t="s">
+        <v>824</v>
+      </c>
+      <c r="D88" s="8" t="s">
+        <v>823</v>
+      </c>
+      <c r="E88" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F88" s="20" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="6" t="s">
+        <v>837</v>
+      </c>
+      <c r="B89" s="8" t="s">
+        <v>995</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>996</v>
+      </c>
+      <c r="D89" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="E89" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="F89" s="20" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="16" t="s">
+        <v>827</v>
+      </c>
+      <c r="B90" s="14" t="s">
+        <v>828</v>
+      </c>
+      <c r="C90" s="15" t="s">
+        <v>829</v>
+      </c>
+      <c r="D90" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="E90" s="21" t="s">
+        <v>308</v>
+      </c>
+      <c r="F90" s="21" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="6" t="s">
+        <v>831</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>832</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>833</v>
+      </c>
+      <c r="D91" s="10" t="s">
+        <v>351</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F91" s="22" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="16" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B92" s="14" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C92" s="15" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D92" s="15" t="s">
+        <v>983</v>
+      </c>
+      <c r="E92" s="21" t="s">
+        <v>308</v>
+      </c>
+      <c r="F92" s="21" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="27" t="s">
+        <v>659</v>
+      </c>
+      <c r="B93" s="13" t="s">
+        <v>660</v>
+      </c>
+      <c r="C93" s="9" t="s">
+        <v>998</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>661</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="13" t="s">
+        <v>767</v>
+      </c>
+      <c r="B94" s="13" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C94" s="9" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D94" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="13" t="s">
+        <v>613</v>
+      </c>
+      <c r="B95" s="13" t="s">
+        <v>614</v>
+      </c>
+      <c r="C95" s="9" t="s">
+        <v>615</v>
+      </c>
+      <c r="D95" s="9" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="13" t="s">
+        <v>778</v>
+      </c>
+      <c r="B96" s="13" t="s">
         <v>779</v>
       </c>
-      <c r="C54" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E54" s="20" t="s">
+      <c r="C96" s="9" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D96" s="9" t="s">
+        <v>780</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="G96" s="5" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="13" t="s">
+        <v>568</v>
+      </c>
+      <c r="B97" s="37" t="s">
+        <v>565</v>
+      </c>
+      <c r="C97" s="37" t="s">
+        <v>566</v>
+      </c>
+      <c r="D97" s="37" t="s">
+        <v>567</v>
+      </c>
+      <c r="E97" s="38" t="s">
+        <v>417</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="B98" s="8" t="s">
+        <v>683</v>
+      </c>
+      <c r="C98" s="8" t="s">
+        <v>684</v>
+      </c>
+      <c r="D98" s="8" t="s">
+        <v>685</v>
+      </c>
+      <c r="E98" s="20" t="s">
+        <v>417</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G98" s="39"/>
+    </row>
+    <row r="99" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="B99" s="8" t="s">
+        <v>683</v>
+      </c>
+      <c r="C99" s="8" t="s">
+        <v>687</v>
+      </c>
+      <c r="D99" s="8" t="s">
+        <v>688</v>
+      </c>
+      <c r="E99" s="20" t="s">
+        <v>417</v>
+      </c>
+      <c r="F99" s="20" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="6" t="s">
+        <v>693</v>
+      </c>
+      <c r="B100" s="8" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C100" s="8" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D100" s="8" t="s">
+        <v>425</v>
+      </c>
+      <c r="E100" s="20" t="s">
+        <v>417</v>
+      </c>
+      <c r="F100" s="20" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="B101" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>229</v>
+      </c>
+      <c r="D101" s="8" t="s">
+        <v>230</v>
+      </c>
+      <c r="E101" s="20" t="s">
+        <v>231</v>
+      </c>
+      <c r="F101" s="20" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="B102" s="8" t="s">
+        <v>584</v>
+      </c>
+      <c r="C102" s="8" t="s">
+        <v>233</v>
+      </c>
+      <c r="D102" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="E102" s="20" t="s">
+        <v>231</v>
+      </c>
+      <c r="F102" s="20" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="B103" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="C103" s="8" t="s">
+        <v>237</v>
+      </c>
+      <c r="D103" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="E103" s="20" t="s">
+        <v>231</v>
+      </c>
+      <c r="F103" s="20" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="B104" s="8" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C104" s="8" t="s">
+        <v>240</v>
+      </c>
+      <c r="D104" s="8" t="s">
+        <v>241</v>
+      </c>
+      <c r="E104" s="20" t="s">
+        <v>231</v>
+      </c>
+      <c r="F104" s="20" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="B105" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="C105" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="D105" s="8" t="s">
+        <v>292</v>
+      </c>
+      <c r="E105" s="20" t="s">
+        <v>293</v>
+      </c>
+      <c r="F105" s="20" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="B106" s="8" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C106" s="8" t="s">
+        <v>295</v>
+      </c>
+      <c r="D106" s="8" t="s">
+        <v>296</v>
+      </c>
+      <c r="E106" s="20" t="s">
+        <v>293</v>
+      </c>
+      <c r="F106" s="20" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="B107" s="10" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C107" s="10" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D107" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="F107" s="22" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="B108" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C108" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="D108" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="F108" s="22" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="B109" s="10" t="s">
+        <v>261</v>
+      </c>
+      <c r="C109" s="10" t="s">
+        <v>262</v>
+      </c>
+      <c r="D109" s="10" t="s">
+        <v>263</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="F109" s="22" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="B110" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C110" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="D110" s="10" t="s">
+        <v>267</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="F110" s="22" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="B111" s="10" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C111" s="10" t="s">
+        <v>269</v>
+      </c>
+      <c r="D111" s="10" t="s">
+        <v>263</v>
+      </c>
+      <c r="E111" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="F111" s="23" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="B112" s="10" t="s">
+        <v>658</v>
+      </c>
+      <c r="C112" s="31" t="s">
+        <v>41</v>
+      </c>
+      <c r="D112" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F112" s="22" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="10" t="s">
+        <v>438</v>
+      </c>
+      <c r="B113" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C113" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D113" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F113" s="22" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="B114" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C114" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D114" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F114" s="22" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B115" s="36" t="s">
+        <v>585</v>
+      </c>
+      <c r="C115" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D115" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F115" s="22" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="B116" s="31" t="s">
+        <v>586</v>
+      </c>
+      <c r="C116" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D116" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F116" s="22" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="B117" s="10" t="s">
+        <v>587</v>
+      </c>
+      <c r="C117" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D117" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F117" s="22" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B118" s="10" t="s">
+        <v>588</v>
+      </c>
+      <c r="C118" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D118" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E118" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F118" s="22" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B119" s="10" t="s">
+        <v>766</v>
+      </c>
+      <c r="C119" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D119" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F119" s="22" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="B120" s="10" t="s">
+        <v>817</v>
+      </c>
+      <c r="C120" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D120" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F120" s="22" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B121" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C121" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D121" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F121" s="22" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="B122" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C122" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D122" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F122" s="22" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B123" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C123" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D123" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F123" s="22" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="B124" s="10" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C124" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D124" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F124" s="22" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B125" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C125" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D125" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F125" s="22" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="B126" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C126" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D126" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F126" s="22" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="B127" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C127" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D127" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F127" s="22" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="B128" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="C128" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="D128" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="F128" s="22" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="B129" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="C129" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="D129" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="F129" s="22" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="B130" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C130" s="10" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D130" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F130" s="22" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="B131" s="10" t="s">
+        <v>558</v>
+      </c>
+      <c r="C131" s="10" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D131" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F131" s="22" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="16" t="s">
+        <v>490</v>
+      </c>
+      <c r="B132" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="C132" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="D132" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="E132" s="24" t="s">
+        <v>100</v>
+      </c>
+      <c r="F132" s="25" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="B133" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="C133" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="D133" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F133" s="22" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="B134" s="10" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C134" s="10" t="s">
+        <v>408</v>
+      </c>
+      <c r="D134" s="10" t="s">
+        <v>409</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="F134" s="22" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="B135" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="C135" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D135" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="F135" s="22" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="B136" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="C136" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="D136" s="10" t="s">
+        <v>188</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F136" s="22" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="B137" s="10" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C137" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="D137" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F137" s="22" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="6" t="s">
+        <v>538</v>
+      </c>
+      <c r="B138" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="C138" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="D138" s="10" t="s">
+        <v>225</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="F138" s="22" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="B139" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="C139" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="D139" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F139" s="22" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="B140" s="10" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C140" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="D140" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F140" s="22" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="B141" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="C141" s="10" t="s">
+        <v>129</v>
+      </c>
+      <c r="D141" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F141" s="22" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="B142" s="10" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C142" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D142" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="F142" s="22" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="B143" s="10" t="s">
+        <v>412</v>
+      </c>
+      <c r="C143" s="10" t="s">
+        <v>413</v>
+      </c>
+      <c r="D143" s="10" t="s">
+        <v>414</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="F143" s="22" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="B144" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="C144" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="D144" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="F144" s="22" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="B145" s="10" t="s">
+        <v>303</v>
+      </c>
+      <c r="C145" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="D145" s="10" t="s">
         <v>305</v>
       </c>
-      <c r="F54" s="20">
-[...16 lines deleted...]
-      <c r="E55" s="20" t="s">
+      <c r="E145" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="F145" s="22" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="B146" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C146" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F146" s="22" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="B147" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="C147" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D147" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F147" s="22" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="B148" s="10" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C148" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D148" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F148" s="22" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="B149" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C149" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D149" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="F149" s="22" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="B150" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="C150" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="D150" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="F150" s="22" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="B151" s="10" t="s">
+        <v>203</v>
+      </c>
+      <c r="C151" s="10" t="s">
+        <v>204</v>
+      </c>
+      <c r="D151" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="F151" s="22" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="B152" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="C152" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D152" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="F152" s="22" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="B153" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C153" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D153" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F153" s="22" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="B154" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C154" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D154" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F154" s="22" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="B155" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="C155" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="D155" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F155" s="22" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="B156" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="C156" s="10" t="s">
+        <v>533</v>
+      </c>
+      <c r="D156" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F156" s="22" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="B157" s="10" t="s">
+        <v>589</v>
+      </c>
+      <c r="C157" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="D157" s="10" t="s">
+        <v>146</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F157" s="22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="6" t="s">
+        <v>456</v>
+      </c>
+      <c r="B158" s="10" t="s">
+        <v>590</v>
+      </c>
+      <c r="C158" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="D158" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="E158" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F158" s="22" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="B159" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="C159" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="D159" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F159" s="22" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="B160" s="10" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C160" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="D160" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="E160" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F160" s="22" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="B161" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="C161" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="D161" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F161" s="22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B162" s="10" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C162" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="D162" s="10" t="s">
+        <v>162</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F162" s="22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="B163" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="C163" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="D163" s="10" t="s">
+        <v>166</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F163" s="22" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="B164" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="C164" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="D164" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F164" s="22" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="B165" s="33" t="s">
+        <v>172</v>
+      </c>
+      <c r="C165" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="D165" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F165" s="22" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="B166" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="C166" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="D166" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="E166" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F166" s="22" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="12" t="s">
+        <v>500</v>
+      </c>
+      <c r="B167" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="C167" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="D167" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="E167" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F167" s="22" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="B168" s="10" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C168" s="10" t="s">
+        <v>270</v>
+      </c>
+      <c r="D168" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="F168" s="22" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="B169" s="12" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C169" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="D169" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="F169" s="22" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="B170" s="10" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C170" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="D170" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="F170" s="22" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="B171" s="10" t="s">
+        <v>278</v>
+      </c>
+      <c r="C171" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="D171" s="10" t="s">
+        <v>280</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="F171" s="22" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="6" t="s">
+        <v>545</v>
+      </c>
+      <c r="B172" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="C172" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="D172" s="10" t="s">
+        <v>284</v>
+      </c>
+      <c r="E172" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="F172" s="22" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="B173" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="C173" s="10" t="s">
+        <v>287</v>
+      </c>
+      <c r="D173" s="10" t="s">
+        <v>288</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="F173" s="22" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="B174" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="C174" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="D174" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="E174" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F174" s="22" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="B175" s="10" t="s">
+        <v>689</v>
+      </c>
+      <c r="C175" s="10" t="s">
+        <v>313</v>
+      </c>
+      <c r="D175" s="10" t="s">
+        <v>314</v>
+      </c>
+      <c r="E175" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F175" s="22" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="B176" s="10" t="s">
+        <v>316</v>
+      </c>
+      <c r="C176" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="D176" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E176" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F176" s="22" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="B177" s="10" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C177" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="D177" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F177" s="22" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="B178" s="10" t="s">
+        <v>593</v>
+      </c>
+      <c r="C178" s="10" t="s">
+        <v>322</v>
+      </c>
+      <c r="D178" s="10" t="s">
+        <v>323</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F178" s="22" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="B179" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="C179" s="10" t="s">
+        <v>326</v>
+      </c>
+      <c r="D179" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F179" s="22" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="B180" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="C180" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="D180" s="10" t="s">
         <v>330</v>
       </c>
-      <c r="F55" s="20">
-[...84 lines deleted...]
-      <c r="A60" s="6" t="s">
+      <c r="E180" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F180" s="22" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="B181" s="10" t="s">
+        <v>558</v>
+      </c>
+      <c r="C181" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="D181" s="10" t="s">
+        <v>333</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F181" s="22" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="B182" s="10" t="s">
+        <v>483</v>
+      </c>
+      <c r="C182" s="31" t="s">
+        <v>334</v>
+      </c>
+      <c r="D182" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F182" s="22" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="B183" s="10" t="s">
+        <v>335</v>
+      </c>
+      <c r="C183" s="10" t="s">
+        <v>336</v>
+      </c>
+      <c r="D183" s="10" t="s">
+        <v>337</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F183" s="22" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="B184" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C184" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="D184" s="10" t="s">
+        <v>340</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F184" s="22" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="6" t="s">
+        <v>471</v>
+      </c>
+      <c r="B185" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="C185" s="10" t="s">
+        <v>343</v>
+      </c>
+      <c r="D185" s="10" t="s">
+        <v>314</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F185" s="22" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="B186" s="10" t="s">
+        <v>344</v>
+      </c>
+      <c r="C186" s="10" t="s">
+        <v>345</v>
+      </c>
+      <c r="D186" s="10" t="s">
+        <v>346</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F186" s="22" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="B187" s="10" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C187" s="10" t="s">
+        <v>348</v>
+      </c>
+      <c r="D187" s="10" t="s">
+        <v>349</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F187" s="22" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="B188" s="10" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C188" s="10" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D188" s="10" t="s">
+        <v>351</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F188" s="22" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="B189" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="C189" s="10" t="s">
+        <v>353</v>
+      </c>
+      <c r="D189" s="10" t="s">
+        <v>351</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F189" s="22" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="B190" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="C190" s="10" t="s">
+        <v>356</v>
+      </c>
+      <c r="D190" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F190" s="22" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="B191" s="10" t="s">
+        <v>357</v>
+      </c>
+      <c r="C191" s="10" t="s">
+        <v>358</v>
+      </c>
+      <c r="D191" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F191" s="22" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="B192" s="10" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C192" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="D192" s="10" t="s">
+        <v>351</v>
+      </c>
+      <c r="E192" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F192" s="22" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="6" t="s">
+        <v>522</v>
+      </c>
+      <c r="B193" s="10" t="s">
+        <v>360</v>
+      </c>
+      <c r="C193" s="10" t="s">
+        <v>361</v>
+      </c>
+      <c r="D193" s="10" t="s">
+        <v>362</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F193" s="22" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="6" t="s">
+        <v>523</v>
+      </c>
+      <c r="B194" s="10" t="s">
+        <v>364</v>
+      </c>
+      <c r="C194" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="D194" s="10" t="s">
+        <v>366</v>
+      </c>
+      <c r="E194" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F194" s="22" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="B195" s="10" t="s">
+        <v>368</v>
+      </c>
+      <c r="C195" s="10" t="s">
+        <v>369</v>
+      </c>
+      <c r="D195" s="10" t="s">
+        <v>340</v>
+      </c>
+      <c r="E195" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F195" s="22" t="s">
         <v>1045</v>
       </c>
-      <c r="B60" s="8" t="s">
+    </row>
+    <row r="196" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="B196" s="10" t="s">
+        <v>370</v>
+      </c>
+      <c r="C196" s="10" t="s">
+        <v>371</v>
+      </c>
+      <c r="D196" s="10" t="s">
+        <v>314</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F196" s="22" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="B197" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="C197" s="10" t="s">
+        <v>373</v>
+      </c>
+      <c r="D197" s="10" t="s">
+        <v>374</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F197" s="22" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="B198" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="C198" s="10" t="s">
+        <v>211</v>
+      </c>
+      <c r="D198" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="E198" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="F198" s="22" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="6" t="s">
+        <v>506</v>
+      </c>
+      <c r="B199" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="C199" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="D199" s="10" t="s">
+        <v>216</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="F199" s="22" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="B200" s="10" t="s">
+        <v>822</v>
+      </c>
+      <c r="C200" s="10" t="s">
+        <v>218</v>
+      </c>
+      <c r="D200" s="10" t="s">
+        <v>216</v>
+      </c>
+      <c r="E200" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="F200" s="22" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="B201" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="C201" s="10" t="s">
+        <v>220</v>
+      </c>
+      <c r="D201" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="F201" s="22" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="B202" s="10" t="s">
+        <v>418</v>
+      </c>
+      <c r="C202" s="10" t="s">
+        <v>419</v>
+      </c>
+      <c r="D202" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="E202" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="F202" s="22" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="B203" s="10" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C203" s="10" t="s">
+        <v>422</v>
+      </c>
+      <c r="D203" s="10" t="s">
+        <v>423</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="F203" s="22" t="s">
         <v>1047</v>
       </c>
-      <c r="C60" s="8" t="s">
-[...1480 lines deleted...]
-      <c r="A134" s="6" t="s">
+    </row>
+    <row r="204" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="B204" s="10" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C204" s="10" t="s">
+        <v>424</v>
+      </c>
+      <c r="D204" s="10" t="s">
+        <v>425</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="F204" s="22" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="B205" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C205" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D205" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="F205" s="22" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="B206" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C206" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D206" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E206" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="F206" s="22" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="6" t="s">
         <v>511</v>
       </c>
-      <c r="B134" s="10" t="s">
-[...16 lines deleted...]
-      <c r="A135" s="6" t="s">
+      <c r="B207" s="10" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C207" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D207" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="E207" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="F207" s="22" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="6" t="s">
         <v>512</v>
       </c>
-      <c r="B135" s="10" t="s">
-[...1219 lines deleted...]
-      <c r="B196" s="10" t="s">
+      <c r="B208" s="10" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C208" s="10" t="s">
         <v>1051</v>
       </c>
-      <c r="C196" s="10" t="s">
-[...241 lines deleted...]
-      </c>
       <c r="D208" s="10" t="s">
-        <v>361</v>
+        <v>247</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>354</v>
+        <v>245</v>
       </c>
       <c r="F208" s="22" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="6" t="s">
         <v>540</v>
       </c>
       <c r="B209" s="10" t="s">
-        <v>391</v>
+        <v>249</v>
       </c>
       <c r="C209" s="10" t="s">
-        <v>392</v>
+        <v>250</v>
       </c>
       <c r="D209" s="10" t="s">
-        <v>393</v>
+        <v>251</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>354</v>
+        <v>245</v>
       </c>
       <c r="F209" s="22" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="6" t="s">
         <v>541</v>
       </c>
-      <c r="B210" s="31" t="s">
-        <v>1049</v>
+      <c r="B210" s="30" t="s">
+        <v>253</v>
       </c>
       <c r="C210" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="D210" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="F210" s="22" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="6" t="s">
+        <v>525</v>
+      </c>
+      <c r="B211" s="10" t="s">
+        <v>376</v>
+      </c>
+      <c r="C211" s="10" t="s">
+        <v>377</v>
+      </c>
+      <c r="D211" s="10" t="s">
+        <v>378</v>
+      </c>
+      <c r="E211" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="F211" s="22" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="B212" s="10" t="s">
+        <v>482</v>
+      </c>
+      <c r="C212" s="10" t="s">
+        <v>381</v>
+      </c>
+      <c r="D212" s="10" t="s">
+        <v>382</v>
+      </c>
+      <c r="E212" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="F212" s="22" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A213" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="B213" s="7" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C213" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="D213" s="10" t="s">
+        <v>385</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="F213" s="22" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="B214" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C214" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="D214" s="10" t="s">
+        <v>385</v>
+      </c>
+      <c r="E214" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="F214" s="22" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="B215" s="10" t="s">
+        <v>389</v>
+      </c>
+      <c r="C215" s="10" t="s">
+        <v>390</v>
+      </c>
+      <c r="D215" s="10" t="s">
+        <v>378</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="F215" s="22" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="B216" s="31" t="s">
+        <v>256</v>
+      </c>
+      <c r="C216" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="D216" s="10" t="s">
+        <v>258</v>
+      </c>
+      <c r="E216" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="F216" s="22" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="6" t="s">
+        <v>528</v>
+      </c>
+      <c r="B217" s="10" t="s">
+        <v>392</v>
+      </c>
+      <c r="C217" s="10" t="s">
+        <v>393</v>
+      </c>
+      <c r="D217" s="10" t="s">
+        <v>394</v>
+      </c>
+      <c r="E217" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="D210" s="10" t="s">
+      <c r="F217" s="22" t="s">
         <v>396</v>
       </c>
-      <c r="E210" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F210" s="22" t="s">
+    </row>
+    <row r="218" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="6" t="s">
+        <v>529</v>
+      </c>
+      <c r="B218" s="10" t="s">
+        <v>592</v>
+      </c>
+      <c r="C218" s="10" t="s">
         <v>397</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D211" s="10" t="s">
+      <c r="D218" s="10" t="s">
         <v>398</v>
       </c>
-      <c r="E211" s="1" t="s">
-[...10 lines deleted...]
-      <c r="B212" s="10" t="s">
+      <c r="E218" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="F218" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="C212" s="10" t="s">
+    </row>
+    <row r="219" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="B219" s="10" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C219" s="10" t="s">
         <v>400</v>
       </c>
-      <c r="D212" s="10" t="s">
-[...5 lines deleted...]
-      <c r="F212" s="22" t="s">
+      <c r="D219" s="10" t="s">
         <v>401</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B213" s="7" t="s">
+      <c r="E219" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="F219" s="22" t="s">
         <v>402</v>
       </c>
-      <c r="C213" s="2" t="s">
+    </row>
+    <row r="220" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="B220" s="10" t="s">
         <v>403</v>
       </c>
-      <c r="D213" s="10" t="s">
-[...13 lines deleted...]
-      <c r="B214" s="10" t="s">
+      <c r="C220" s="10" t="s">
         <v>404</v>
       </c>
-      <c r="C214" s="10" t="s">
+      <c r="D220" s="10" t="s">
+        <v>401</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="F220" s="22" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="B221" s="10" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C221" s="10" t="s">
         <v>405</v>
       </c>
-      <c r="D214" s="10" t="s">
-[...13 lines deleted...]
-      <c r="B215" s="10" t="s">
+      <c r="D221" s="10" t="s">
         <v>406</v>
       </c>
-      <c r="C215" s="10" t="s">
+      <c r="E221" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="F221" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="D215" s="10" t="s">
-[...129 lines deleted...]
-    <row r="222" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="222" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="6" t="s">
-        <v>596</v>
+        <v>427</v>
       </c>
       <c r="B222" s="10" t="s">
-        <v>237</v>
+        <v>0</v>
       </c>
       <c r="C222" s="10" t="s">
-        <v>238</v>
+        <v>1056</v>
       </c>
       <c r="D222" s="10" t="s">
-        <v>239</v>
+        <v>1</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>240</v>
+        <v>2</v>
       </c>
       <c r="F222" s="22" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="6" t="s">
-        <v>597</v>
+        <v>428</v>
       </c>
       <c r="B223" s="10" t="s">
-        <v>705</v>
+        <v>4</v>
       </c>
       <c r="C223" s="10" t="s">
-        <v>242</v>
+        <v>1056</v>
       </c>
       <c r="D223" s="10" t="s">
-        <v>243</v>
+        <v>5</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>240</v>
+        <v>2</v>
       </c>
       <c r="F223" s="22" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="6" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>1077</v>
+        <v>429</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>8</v>
       </c>
       <c r="C224" s="10" t="s">
-        <v>245</v>
+        <v>1057</v>
       </c>
       <c r="D224" s="10" t="s">
-        <v>243</v>
+        <v>6</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>240</v>
+        <v>2</v>
       </c>
       <c r="F224" s="22" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="6" t="s">
-        <v>634</v>
+        <v>430</v>
       </c>
       <c r="B225" s="10" t="s">
-        <v>246</v>
+        <v>9</v>
       </c>
       <c r="C225" s="10" t="s">
-        <v>247</v>
+        <v>10</v>
       </c>
       <c r="D225" s="10" t="s">
-        <v>248</v>
+        <v>6</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>240</v>
+        <v>2</v>
       </c>
       <c r="F225" s="22" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A226" s="6" t="s">
-        <v>624</v>
+        <v>431</v>
       </c>
       <c r="B226" s="29" t="s">
-        <v>1048</v>
+        <v>11</v>
       </c>
       <c r="C226" s="10" t="s">
-        <v>471</v>
+        <v>12</v>
       </c>
       <c r="D226" s="10" t="s">
-        <v>472</v>
+        <v>13</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>473</v>
+        <v>2</v>
       </c>
       <c r="F226" s="22" t="s">
-        <v>474</v>
-[...22 lines deleted...]
-    <row r="228" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="43" t="s">
+        <v>432</v>
+      </c>
+      <c r="B227" s="44" t="s">
+        <v>15</v>
+      </c>
+      <c r="C227" s="44" t="s">
+        <v>16</v>
+      </c>
+      <c r="D227" s="44" t="s">
+        <v>17</v>
+      </c>
+      <c r="E227" s="45" t="s">
+        <v>2</v>
+      </c>
+      <c r="F227" s="46" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="6" t="s">
-        <v>626</v>
+        <v>487</v>
       </c>
       <c r="B228" s="10" t="s">
-        <v>572</v>
+        <v>1058</v>
       </c>
       <c r="C228" s="10" t="s">
-        <v>479</v>
+        <v>93</v>
       </c>
       <c r="D228" s="10" t="s">
-        <v>480</v>
+        <v>94</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>473</v>
-[...5 lines deleted...]
-    <row r="229" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>95</v>
+      </c>
+      <c r="F228" s="22" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="6" t="s">
-        <v>661</v>
+        <v>488</v>
       </c>
       <c r="B229" s="10" t="s">
-        <v>573</v>
+        <v>1060</v>
       </c>
       <c r="C229" s="10" t="s">
-        <v>481</v>
+        <v>96</v>
       </c>
       <c r="D229" s="10" t="s">
-        <v>482</v>
+        <v>97</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>473</v>
+        <v>95</v>
       </c>
       <c r="F229" s="22" t="s">
-        <v>483</v>
-[...89 lines deleted...]
-      <c r="C234" s="10" t="s">
         <v>1059</v>
       </c>
-      <c r="D234" s="10" t="s">
-[...447 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:F256">
-    <sortCondition ref="A3:A256"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:F229">
+    <sortCondition ref="A3:A229"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;C&amp;"Arial,Bold"&amp;11Active Fuel Refineries @ 03/31/2025</oddHeader>
+    <oddHeader>&amp;C&amp;"Arial,Bold"&amp;11Active Fuel Refineries @ 12/31/2025</oddHeader>
     <oddFooter>&amp;L &amp;C&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3d69fe45253d5ff147bb69036b756a7">
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all/>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58466799-EED8-4102-92FD-9CA703F94359}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BD08E52-16D2-4C10-BA3F-869CF5C64DE6}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEEDBD27-DFD3-4C92-9692-56D22BC3EC65}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>3-31-2024</vt:lpstr>
-      <vt:lpstr>'3-31-2024'!Print_Area</vt:lpstr>
+      <vt:lpstr>12-31-2025</vt:lpstr>
+      <vt:lpstr>'12-31-2025'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>