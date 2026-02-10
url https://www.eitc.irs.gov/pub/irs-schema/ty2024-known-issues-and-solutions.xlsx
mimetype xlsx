--- v0 (2025-11-04)
+++ v1 (2026-02-10)
@@ -3,81 +3,81 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\WYYDB\OneDrive - Internal Revenue Service\DESKTOP\KIS TY24\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://irsgov-my.sharepoint.com/personal/zhmkb_ds_irsnet_gov/Documents/Documents/Known Issues and Solutions/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{162535BC-7BC3-4342-9738-437CBE416F47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{481AF26B-CF2D-4444-9EF3-CF7155B8FCEA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3F28DA52-8FC5-43D6-8BBA-389825DB62FF}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{ACF42C19-81C5-4671-9373-A25F7DD233E4}"/>
   </bookViews>
   <sheets>
     <sheet name="TY24 Issues (Open &amp; Resolved)" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="query" localSheetId="0" hidden="1">'TY24 Issues (Open &amp; Resolved)'!$A$1:$I$98</definedName>
+    <definedName name="query" localSheetId="0" hidden="1">'TY24 Issues (Open &amp; Resolved)'!$A$1:$I$102</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{C8410692-82B2-46E3-8339-E0DCDC5F3A28}" odcFile="C:\Users\WYYDB\AppData\Local\Temp\1\MicrosoftEdgeDownloads\a412eab2-1dbc-418e-bb73-b047ec62fb51\query.iqy" keepAlive="1" name="query" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
+  <connection id="1" xr16:uid="{8ED8B1F6-28D9-4829-8EAC-9F69ED39F319}" odcFile="C:\Users\WYYDB\AppData\Local\Temp\1\MicrosoftEdgeDownloads\5a37b435-485d-4f27-98a1-7b0cc5e316ac\query.iqy" keepAlive="1" name="query" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
     <dbPr connection="Provider=Microsoft.Office.List.OLEDB.2.0;Data Source=&quot;&quot;;ApplicationName=Excel;Version=12.0.0.0" command="&lt;LIST&gt;&lt;VIEWGUID&gt;27227A6B-6372-4FF3-BFE0-40CBE04AC193&lt;/VIEWGUID&gt;&lt;LISTNAME&gt;bf94d2f3-cc54-4a0d-aa2e-491d6ee6fee9&lt;/LISTNAME&gt;&lt;LISTWEB&gt;https://irsgov.sharepoint.com/sites/e-file_front_office/_vti_bin&lt;/LISTWEB&gt;&lt;LISTSUBWEB&gt;&lt;/LISTSUBWEB&gt;&lt;ROOTFOLDER&gt;&lt;/ROOTFOLDER&gt;&lt;/LIST&gt;" commandType="5"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="591" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="615" uniqueCount="266">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Tax Year</t>
   </si>
   <si>
     <t>Form Type</t>
   </si>
   <si>
     <t>Issue Type</t>
   </si>
   <si>
     <t>Description of Issue</t>
   </si>
   <si>
     <t xml:space="preserve">Workaround </t>
   </si>
   <si>
     <t>Projected Resolution Date</t>
   </si>
   <si>
     <t>Date Resolved</t>
   </si>
   <si>
@@ -96,51 +96,51 @@
     <t>The new rates for the Hazardous Substance Superfund on Form 6627 was not updated.</t>
   </si>
   <si>
     <t>If you are submitting a return with the Hazardous Substance Superfund rates, you will need to file by paper. Schema with the updated rates will be available 06/16/2024.</t>
   </si>
   <si>
     <t>RESOLVED</t>
   </si>
   <si>
     <t>Form 720</t>
   </si>
   <si>
     <t>Business Rules</t>
   </si>
   <si>
     <t>The Business Rules F720-219, F720-220 and F720-221 are still active and are not allowing values above zero for IRS No.'s 26, 28 and 13.</t>
   </si>
   <si>
     <t>If you are submitting a return with values above zero for those IRS No.'s, you will need to file by paper.</t>
   </si>
   <si>
     <t>Form 1040 (SCH EIC)</t>
   </si>
   <si>
     <t>Self-Only Earned Income Credit filers who qualify with a dependent that has an Adoption Taxpayer
-Identification Number or Individual Taxpayer Identification Number cannot enter this number on Line 2 of Schedule EIC without triggering Business Rule SEIC-F1040-001-02.</t>
+Identification Number or Individual Taxpayer Identification Number cannot enter this number on Line 2 of Schedule EIC without triggering Business Rules SEIC-F1040-001-02 and SEIC-F1040-539-02</t>
   </si>
   <si>
     <t>If taxpayers are using a dependent that has an Adoption Taxpayer Identification Number or Individual Taxpayer Identification Number to qualify for the Self-Only EIC per the instructions, they should leave Line 2 of Schedule EIC blank at this time.</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>The new rate for IRS106 (arrow shafts) on Form 720 was not updated.</t>
   </si>
   <si>
     <t>If you are submitting a return with the arrow shaft rates, you will need to file by paper. Schema with the updated rates will be available 06/16/2024.</t>
   </si>
   <si>
     <t>Form 941 (SCH R)</t>
   </si>
   <si>
     <t>Schedule R (Form 941) had major changes for TY2024 late in the year. The major schema changes will not be implemented until Q2 in schema version 2024v2.0. 
 The Schedule R (Form 941) will use schema 2024v1.0 for Q1 for TY2024. Schema version 2024v1.0 does not reflect the new schema or stylesheet change.</t>
   </si>
   <si>
     <t>"TotalTaxAmt"; element on the new stylesheet is Column Q. Quarter 1 filers will be using TY2024v1.0 schema and "TotalTaxAmt"; would be entered in Column N. 
 "TotalTaxDepositAmt" element on new stylesheet is Column R. Quarter 1 filers will be using TY2024v1.0 schema and "TotalTaxDepositAmt" would be entered in Column O.</t>
   </si>
   <si>
@@ -158,142 +158,174 @@
   <si>
     <t>No impact at this time. The Stylesheet will be updated in a later release.</t>
   </si>
   <si>
     <t>If you are submitting a return prior to 07/31/2024, with values above zero for those IRS No.'s, you will need to file by paper.</t>
   </si>
   <si>
     <t>Form 8814</t>
   </si>
   <si>
     <t>There is a discrepancy with the title on form vs the schema, but this will not affect the function of the Stylesheet.</t>
   </si>
   <si>
     <t>No impact.</t>
   </si>
   <si>
     <t>Form 8615</t>
   </si>
   <si>
     <t>"Before you begin" section above Line A should be removed.</t>
   </si>
   <si>
     <t>Form 8854</t>
   </si>
   <si>
+    <t xml:space="preserve">A correction was made to Part II, Section C. New line numbers were added to align with new numbers in Part II, Section A.
+Part II, section C, refer to new line numbers, Line 6 is now line 7. Lines 3, 4 and 6 are now lines 4, 5 and 7 and lines 5 and 6 are now lines 6 and 7. These numbers were added to align with new numbers in Part II, section A.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">No impact at this time. The Stylesheet will be updated in PY 2026.
+</t>
+  </si>
+  <si>
     <t>Form 7210</t>
   </si>
   <si>
     <t>Part III
 Line 8a
 We added "as of the close of the tax year" to the numerator. [IRC 45V(d) (3)]</t>
   </si>
   <si>
     <t>No impact currently. Stylesheet will be updates in filing season 2026.</t>
   </si>
   <si>
     <t>Form 8827</t>
   </si>
   <si>
     <t>For the upcoming 2024 revision: 
 Line 1 should read: "Enter the amount from Part II, line 13 of the corporation’s prior year Form 4626"
 Line 11 should read: "Enter the smaller of line 10 or line 3 here and on Form 1120,
 Schedule J, line 5d (or the applicable line of the corporation’s tax return)."</t>
   </si>
   <si>
     <t>No workaround. Corrections will be made in a later release.</t>
   </si>
   <si>
     <t>Form 6251</t>
   </si>
   <si>
     <t>Part I Alternative Minimum Taxable Income. Line 2a should read: If filing Schedule A (Form 1040), enter the taxes from Schedule A, line 7; otherwise, enter the amount from Form 1040 or Form 1040-SR, line 12.</t>
   </si>
   <si>
     <t>No impact at this time. The stylesheet will be updated in a future release.</t>
   </si>
   <si>
     <t>Form 8308</t>
   </si>
   <si>
     <t>Form 8308, Part IV, Line 3, currently reads: Unrecaptured section 1250 gain under section 1(h)(6)
 Form 8308, Part IV, Line 3, should read:
 Section 1(h)(6) unrecaptured section 1250 gain</t>
   </si>
   <si>
     <t>Form 941-X</t>
   </si>
   <si>
+    <t xml:space="preserve">Line 18d Column 3 currently allows for only a IntegerNNType not allowing for negative numbers.
+</t>
+  </si>
+  <si>
     <t>Filers can proceed by entering the non-negative number on Lin 18d Column 3 and in the Explanation of Changes Section include an explanation that number should be negative.</t>
   </si>
   <si>
     <t>Form 8941</t>
   </si>
   <si>
+    <t xml:space="preserve">Business Rule F8941-004-08. The verbiage for line 3 does not correctly correspond with the rule.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Do not enter anything on lines 4 -11 if the line 3 amount is equal to or greater than $62,000. The Business Rule will be updated in a later release.
+</t>
+  </si>
+  <si>
     <t>Form 1040 (SCH 3)</t>
   </si>
   <si>
     <t>Schema and Stylesheet</t>
   </si>
   <si>
     <t>On the stylesheet and schema line 13c refers to Form 3800, Part III, line 6, column (i), but it should refer to Form 3800, line 6, column (j).</t>
   </si>
   <si>
     <t>No impact at this time. The schema and stylesheet will be updated in PY 2025.</t>
   </si>
   <si>
     <t>Schedules K-2 and K-3</t>
   </si>
   <si>
     <t>On Form 1065 Schedule K-3, a new rule SK3-F1065-118 was added in version 1065_2024v3.0. The rule states: If Schedule K-3 (Form 1065), 'SchK2K3Sect871mTaxLiabOfQDDGrp' has a value, then 'PartXIIAttachedInd' must have a choice of "Yes" indicated. The rule should reference Schedule K-2 (Form 1065), not Schedule K-3 (Form 1065).</t>
   </si>
   <si>
     <t>No workaround needed. Rule SK3-F1065-118 will be deleted and a new Schedule K-2 rule will be created in the next release tentatively scheduled for October 2024.</t>
   </si>
   <si>
     <t>Form 1310</t>
+  </si>
+  <si>
+    <t xml:space="preserve">There is a change to verbiage of home address.  The title of Part I was completely revised.  There are Changes to Part I, letters B and C.
+In the instructions there were changes under the Who Must File section to the first sentence and both bullet comments.  
+Under the Where to File section there were changes in the first paragraph, both bullet comments and the last paragraph.   An addition a "Tip" was added at the end of the Where to File section.
+In the Foreign Address section, the first sentence was modified.  In the Foreign Address section line B, there are changes to the first sentence.  In the Privacy Act and Paperwork Reduction Act notice section, the word possessions was replaced with the word territories.  The words do not and are not have been replaced with don't and aren't.
+</t>
   </si>
   <si>
     <t>No workaround currently.  This will be updated in a later release.</t>
   </si>
   <si>
     <t>Form W-2</t>
   </si>
   <si>
     <t>The W-2 schema was not updated to accept Code "II" for box 12. Therefore, submissions will reject the new code.</t>
   </si>
   <si>
     <t>Enter the amount reported on Form W-2 box 12 with employers use code "II" for Medicaid Waiver Payments under Notice 2014-7 in box 14 with description of "Notice 2014-7".
 The schema will be updated for Tax Year 2024.</t>
   </si>
   <si>
     <t>Form 5695</t>
   </si>
   <si>
     <t>Schema and Business Rules</t>
   </si>
   <si>
+    <t xml:space="preserve">Taxpayers claiming Joint Occupancy on Form 5695 will have to file via paper if filing their return before the Form 5695 schema is updated in mid-March.  This temporary limitation should only impact a subsection of Form 5695 filers.  For a preview of the TY24 draft form and instructions for Form 5695, please see the Draft tax forms on IRS.gov at https://www.irs.gov/draft-tax-forms. Submission of Forms 5695 that do not claim Joint Occupancy may be e-filed at the start of Processing Year 2025.
+</t>
+  </si>
+  <si>
     <t>Taxpayers must file returns with Form 5695 claiming Joint Occupancy via paper if filing before the MeF schema is updated.</t>
   </si>
   <si>
     <t>Form 1040 (SCH LEP)</t>
   </si>
   <si>
     <t>Language option "000" was changed from "English" to "Cancel previous election"</t>
   </si>
   <si>
     <t xml:space="preserve">Schema and Stylesheet will be updated for Tax Year 2025. For Tax Year 2024, check box for "000" if you wish to Cancel previous election. </t>
   </si>
   <si>
     <t>The Amended Indicator and Administrative Adjustment Request Indicator checkboxes currently appear as required fields.</t>
   </si>
   <si>
     <t>Schema will be corrected with Release 5.0.</t>
   </si>
   <si>
     <t>Form 6765</t>
   </si>
   <si>
     <t>Business Rule F6765-006-01 currently states to attach the statement "MembersOfControlledGroupStmt" for Line 13 if applicable. Per the draft instructions, the statement has been renamed to 'Form6765Section280C'.</t>
   </si>
   <si>
     <t xml:space="preserve">BR F6765-006-01 has been re-enabled and is causing Form 1041 returns to reject erroneously. If a filer is required to attach a statement, they must use naming convention Form6765ItemASection280C. </t>
@@ -332,117 +364,130 @@
     <t>If the value for Form 7206, lines 8, 10,13, or 17 is a negative number, enter zero</t>
   </si>
   <si>
     <t>Form 1065</t>
   </si>
   <si>
     <t>Business Rule F1065-090 that If Form 1065, 'CashContributionPaidCYAmt' has a non-zero value, then Form 8283 must be attached.  As Form 8283 is for Non-Cash Contributions, this form should not be required for this line.</t>
   </si>
   <si>
     <t>We are disabling the rule.  It will be disabled in time for Production; it not affecting ATS submissions.</t>
   </si>
   <si>
     <t>Form 7208</t>
   </si>
   <si>
     <t>Part 2 Line 5c was removed from the form. Due to the late update IT could not implement the change.</t>
   </si>
   <si>
     <t>Please do not provide any data on Part 2 Line 5 element 'StockRepurchasesRICOrREITAmt'.</t>
   </si>
   <si>
     <t>Form 4626</t>
   </si>
   <si>
     <t>The element for Form 4626, Part VI, Section I Total column (d) - TotProRataShrIncmCFCUSShrAmt - was erroneously included in the AggrgtProRataAdjNetIncmLossGrp in the Form 4626 schema for Tax Year 2024.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A correction for this issue is scheduled to be implemented in March 2025. If filers wish to file Forms 4626 in MeF before the fix is implemented, filers can report the amount for Part VI, Section I Total column (d) in a separate statement as a General Dependency and advise the external to include the amount in the calculations for the AggrgtProRataShrAdjCFCAmt element for line 3 of Section II.
+</t>
   </si>
   <si>
     <t>Form 3800</t>
   </si>
   <si>
     <t>Electronic returns with Clean Energy claims will be rejected until the programming is implemented on 02/02/2025.  The following forms are part of Clean Energy:
 * Form 3800, General Business Credit
 * Form 8936 Sch A, Clean Vehicle Credit Amount
 * Form 3468, Investment Credit
 * Form 8835, Renewable Electricity, Refined Coal, and Indian Coal Production Credit
 * Form 7207, Advanced Manufacturing Production Credit
 * Form 7210, Clean Hydrogen Production Credit
 * Form 8933, Carbon Oxide Sequestration Credit</t>
   </si>
   <si>
     <t>Refrain from filing returns that contain Clean Energy claims until after 02/02/2025.</t>
   </si>
   <si>
     <t>IRS8835 Schema has the coordinates, 'FacilityLatitudeNum' and 'FacilityLongitudeNum', as required entries. Taxpayers filing Form 8835 claiming credits from pass-through entities may not have the coordinates of the facility.</t>
   </si>
   <si>
     <t>If the coordinates are not available, enter 90.000000 for the 'FacilityLatitudeNum' and enter -180.000000 for the 'FacilityLongitudeNum'. Attach a BinaryAttachment with description “Coordinates Explanation” to Form 8835 explaining why the coordinates were not available. Rule is anticipated to be fixed on projected resolution date.</t>
   </si>
   <si>
     <t>Form 1065 (SCH K-1)</t>
   </si>
   <si>
     <t>The instructions for the Form 1065 Schedule K-1 states that certain line items from the Form 3468 need to be reported on multiple lines of the Form 1065 Schedule K-1. A dependency (InvestmentCreditDistributiveAmountsStatement) was created to capture this information, but is only attaching to line 15 of the Form 1065 Schedule K-1.</t>
   </si>
   <si>
     <t>Use the dependency (InvestmentCreditDistributiveAmountsStatement) on line 15 to report this information.</t>
   </si>
   <si>
     <t>Form 1040 (SCH 2)</t>
   </si>
   <si>
     <t>There is a change in verbiage for Line F
 From:
 Increase in Chapter 1 tax from Form 4255, Check applicable box and enter amount. 
 To:
 20% EP from Form 4255. Check applicable box and enter amount. 
 See instructions
 Also, the column letter in (i),(ii),(iii), and (iv) has changed from 'n' to 'o'.</t>
   </si>
   <si>
     <t xml:space="preserve">Currently, there is no workaround as there is no impact.
 Continue to use the published TY2024 F1040 Schedule 2
-The stylesheet will be updated in the future. </t>
+The stylesheet will be updated for tax in 2026.. </t>
   </si>
   <si>
     <t xml:space="preserve">The instructions from the Form 3468 states to attach a statement to Form 1065, Schedule K-1 that provides the necessary information and distributive share of amounts on their Form 3468. InvestmentCreditDistributiveAmountsStatement was developed to include this information and attach to the Form 1065, Schedule K-1, however the following lines: 
 *Part III, Line 1f 
 *Part VI, Line 5c 
 *Part VII, Line 1m 
 are not included in the dependency.
 </t>
   </si>
   <si>
     <t>Use the dependency ScheduleK11065MiscellaneousItemStatement to report these lines on the Form 1065 Sch K-1.</t>
   </si>
   <si>
     <t>Form 3468</t>
   </si>
   <si>
     <t>Part III, Line 1f, OrigPassThroughEntityEIN”, is currently a must enter field.</t>
   </si>
   <si>
+    <t xml:space="preserve">
+If you file the Form 3468 with any of the following forms 990, 990EZ, 990PF, 990-T, 1120, 1120S, 1120F, 1120POL, 1065, 1040, 1041, 1040NR. Filers can proceed by entering 11-1111111 in must enter field for Part III, Line 1f, OrigPassThroughEntityEIN”.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">"Business Rule F3468-036 does not include Control Number 48E(h), which does not correspond with current schema. 'Section48eControlNum'should read ‘Section48eOr48EhControlNum’.
+</t>
+  </si>
+  <si>
     <t>Filers proceed If Form 3468, 'SolarWindCrComSect45DeInd', 'SolarWindCrComIndianLandInd', 'SolarWindCrComRsdntlBldgInd', 'SolarWindCrComEconomicBnftInd' has a choice of 'Yes' indicated, then 'Section48eControlNum' must be present.” The Business Rule will be updated in a later date which is not determined at this time.</t>
   </si>
   <si>
     <t>Form 2350</t>
   </si>
   <si>
     <t xml:space="preserve">Element 'binaryAttachmentCnt' in the Form 2350 Return Header Schema is currently required. </t>
   </si>
   <si>
     <t>For Tax Year 2024 the element ‘binaryAttachmentCnt’ will be required. Taxpayers must enter up to a 2-digit number in this field and must not attach a binary attachment. We recommend populating this field with the character ‘0’ (zero). If this element is not completed Form 2350 will reject. If a binary attachment is present, the return will reject.</t>
   </si>
   <si>
     <t>Form 4868</t>
   </si>
   <si>
     <t xml:space="preserve">Element 'binaryAttachmentCnt' in the Form 4868 Return Header Schema is currently required. </t>
   </si>
   <si>
     <t>For Tax Year 2024 the element ‘binaryAttachmentCnt’ will be required. Taxpayers must enter up to a 2-digit number in this field and must not attach a binary attachment. We recommend populating this field with the character ‘0’ (zero). If this element is not completed Form 4868 will reject. If a binary attachment is present, the return will reject.</t>
   </si>
   <si>
     <t>Form 1120-S (SCH K-1)</t>
   </si>
   <si>
     <t>The instructions from the Form 3468 states to attach a statement to Form 1120-S,  Schedule K-1 that provides the necessary information and distributive share of amounts on their Form 3468. InvestmentCreditDistributiveAmountsStatement was developed to include this information and attach to the Form 1120-S,  Schedule K-1, however the following lines:
@@ -458,68 +503,76 @@
     <t>The instructions for the Form 1120-S Schedule K-1 states that certain line items from the Form 3468 need to be reported on multiple lines of the Form 1120-S Schedule K-1. A dependency (InvestmentCreditDistributiveAmountsStatement) was created to capture this information, but is only attaching to line 13 of the Form 1120-S Schedule K-1.</t>
   </si>
   <si>
     <t>Use the dependency (InvestmentCreditDistributiveAmountsStatement) on line 13 to report this information.</t>
   </si>
   <si>
     <t>Form 8867</t>
   </si>
   <si>
     <t xml:space="preserve">Reference to 1040-PR as form was discontinued in 2023. Continuous Use form still displays TY2023, will be updated in Release 10.9 </t>
   </si>
   <si>
     <t>Use current for 1040-SS(SP)</t>
   </si>
   <si>
     <t>FW2-002-01 is setting when a value of zero is reported in box 1 of Form W-2 and the W-2 is being included in the submission to report Medicaid Waiver Payments in box 12 of Form W-2 with employer use code "II".</t>
   </si>
   <si>
     <t xml:space="preserve">A caution paragraph will be added to the Tax Year 2024 Form 1040 instructions allowing business rule FW2-002-01 to work as intended.
 The caution paragraph will advise when Box 1 of Form W-2 is zero or blank and the taxpayer chooses not to include nontaxable payments in earned income for purposes of claiming a credit, then the Form W-2 should not be attached. </t>
   </si>
   <si>
     <t>Form 1040</t>
   </si>
   <si>
+    <t xml:space="preserve">Per the Tax Year 2024 Form 1040 instructions on page 12, if you are currently incarcerated, enter your inmate identifying number near your last name.   
+</t>
+  </si>
+  <si>
     <t>For electronic filing, use the element ‘InCareOfNm’ to enter the inmate identifying number.</t>
   </si>
   <si>
     <t>MeF needs to identify the population claiming the Split Interest Entity (SIE) on line 4b Form 1040.</t>
   </si>
   <si>
     <t>Attach a binary attachment for the Split Interest Entity titled "SIE".</t>
   </si>
   <si>
     <t>Form 7210 can only be attached twice to Tax types 1040, 1040NR, 1120POL and 990T. There may be instances when more than 2 forms are needed.</t>
   </si>
   <si>
     <t>In instances when more than 2 are required, additional forms 7210 can be attached as a binary attachment. Schema fix will be implemented in March 2025.</t>
   </si>
   <si>
     <t xml:space="preserve">The spouse's signature is required when attaching the RevokeResidentSpouseStatement. </t>
   </si>
   <si>
+    <t xml:space="preserve"> Attach the RevokeResidentSpouseStatement in XML and a Binary Attachment titled "RevokeResidentSpouseStatement" with the spouse's signature. 
+ </t>
+  </si>
+  <si>
     <t>The NonresidentSpouseChoiceStatement checkbox has been added to the TY24 Form 1040 to allow a nonresident alien to file a joint return with a citizen or resident alien spouse and a signature is required.</t>
   </si>
   <si>
     <t>Attach a binary attachment titled "NonresidentSpouseChoiceStatement" and provide the required information and signature.</t>
   </si>
   <si>
     <t>Form 461</t>
   </si>
   <si>
     <t xml:space="preserve">Form 461 has a stylesheet error. The verbiage "If zero or greater, do not attach this form to your tax return", is no longer valid. </t>
   </si>
   <si>
     <t>Disregard this verbiage and follow the form instructions for Form 461 regarding Line 16.</t>
   </si>
   <si>
     <t>Form 4136</t>
   </si>
   <si>
     <t xml:space="preserve">Form 4136 worksheet's name was changed from “Worksheet Fuel Tax Credit-1” to “Statement Supporting Fuel Tax Credit (FTC) Computation-1” </t>
   </si>
   <si>
     <t>Attach to the return as a PDF document under the name Form 4136FTCStatement.pdf.</t>
   </si>
   <si>
     <t>Form 8606</t>
@@ -527,50 +580,55 @@
   <si>
     <t>Business Rule F8606-008 conflicts with the new Tax Year 2024 changes for Part I, Line 15c.'NondedIRATaxableAmt'  was equal to 15a-15b, but per the instructions 15c can now also equal line 9 of the new worksheet.</t>
   </si>
   <si>
     <t>No workaround, disabling the business rule.</t>
   </si>
   <si>
     <t>Business Rule F3800-387 was not updated to reflect the new schema and was triggering for Tax Types 1120S and 1065.</t>
   </si>
   <si>
     <t>The rule will be disabled.</t>
   </si>
   <si>
     <t>Form 1041</t>
   </si>
   <si>
     <t>Business Rule F1041-102 shows the incorrect amount for the qualified business income deduction threshold for Form 8995, Qualified Business Income Deduction Simplified. The amount within the rule should read $191,950 instead of $182,100.</t>
   </si>
   <si>
     <t>Business Rule has been disabled.</t>
   </si>
   <si>
     <t>Form 8936</t>
   </si>
   <si>
+    <t xml:space="preserve">Electronic returns with Clean Energy claims will be rejected until the programming is implemented on 02/02/2025.  The following forms are part of Clean Energy:
+* Form 8936, Clean Vehicle Credits
+</t>
+  </si>
+  <si>
     <t>Form 8936 (SCH A)</t>
   </si>
   <si>
     <t>Style Sheet is not being populated with filer's input, but it is captured in the schema. Style Sheet defect.</t>
   </si>
   <si>
     <t>Review schema to verify input/responses to specific lines on the form/style sheet.</t>
   </si>
   <si>
     <t>Business Rule F1040-471 shows the incorrect amount for the qualified business income deduction threshold for Form 8995, Qualified Business Income Deduction Simplified. The amount within the rule should read 383,900 instead of 364,200 for Married filing joint filers and 191,950 instead of 182,100 for all other filers.</t>
   </si>
   <si>
     <t>Business Rule has been disabled. It will be updated in a future release.</t>
   </si>
   <si>
     <t>Form 1040-NR</t>
   </si>
   <si>
     <t>Business Rule F1040NR-471 shows the incorrect amount for the qualified business income deduction threshold for Form 8995, Qualified Business Income Deduction Simplified. The amount within the rule should read 191,950 instead of 182,100.</t>
   </si>
   <si>
     <t>Form 1120-S</t>
   </si>
   <si>
     <t>Business rule F1120S-275 from "If Form 1120S, Schedule K, 'CharitableContributionsTotAmt' has a non-zero value, then Form 8283 must be attached."</t>
@@ -578,90 +636,106 @@
   <si>
     <t xml:space="preserve">Changing it to “If Form 1120-S, Schedule K, 'NoncashCharitableContriAmt' has a value greater than 500, then Form 8283 must be attached to 'NoncashCharitableContriAmt'.” </t>
   </si>
   <si>
     <t>Form 1120</t>
   </si>
   <si>
     <t>Form 1120 submissions with any non-zero value on Line 19 are erroneously being rejected due to Business Rule F1120-369 "If Form 1120, 'CharitableContributionsTotAmt' has a non-zero value, then Form 8283 must be attached." Form 1120, Line 19, does not differentiate between cash and non-cash contributions.</t>
   </si>
   <si>
     <t>Business Rule F1120-369 will be disabled.</t>
   </si>
   <si>
     <t>Form 1120-F</t>
   </si>
   <si>
     <t>Form 1120-F submissions with any non-zero value on Section II, Line 19, are erroneously being rejected due to Business Rule F1120F-103 "If Form 1120-F, Section II, 'CharitableContributionsTotAmt' has a non-zero value, then Form 8283 must be attached." Form 1120-F Section II, Line 19, does not differentiate between cash and non-cash contributions.</t>
   </si>
   <si>
     <t>Business Rule F1120F-103 will be disabled.</t>
   </si>
   <si>
     <t>Form 8974</t>
   </si>
   <si>
+    <t xml:space="preserve">Form 941 with Form 8974 attached for TY2024 (Only)   
+e-file schema (IRS8974.xsd) only allows taxpayers to enter up to $250,000 for the schema element “PayrollTaxCreditAllocatedAmt”, lines 1 through 5, column e.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Please use following approved work around until March 23, 2025.
+In part 1, column e (1-5), enter zero in column (e) on any Form 8974 that has a payroll tax credit of more than 250,000 for Tax Year 2024. In column (g) enter the correct payroll tax credit dollar amount that will be brought down to line 6 which validates the dollar amount correctly. 
+Also, Include a General Dependency to attach Form 8974(s) and include a statement, “attaching Form 8974 for informational purpose with the correct dollar amount for column (e) as advised in the Modernized e-File (MeF) Known Issue work-around instruction dated 08302024
+.
+</t>
+  </si>
+  <si>
     <t>Form 1120-S submissions with any non-zero value on Schedule K Line 12a are erroneously being rejected due to Business Rules F1120S-275 ""If Form 1120S, Schedule K, 'CharitableContributionsTotAmt' has a non-zero value, then Form 8283 must be attached."</t>
   </si>
   <si>
     <t xml:space="preserve">Business Rule F1120S-275 will be disabled. </t>
   </si>
   <si>
     <t>Business Rule F1040-474 is setting incorrectly and sending an alert to taxpayers regarding a high withholding claim on line 25c when there is no amount on line 25c.</t>
   </si>
   <si>
     <t>Business rule F1040-474 will be disabled in ATS and Production until the fix.</t>
   </si>
   <si>
     <t>Currently the Form 3800 schema only allows 1 occurrence for the groups in Part VI and it should allow more than 1.</t>
   </si>
   <si>
     <t>Workaround update: Please use a binary attachment for additional Form 3800 Part VI submissions. Please reference the binary attachment at the Form 3800 level. Also, please include `Form3800PartVI' in the description of the binary attachment.</t>
   </si>
   <si>
     <t>Form 8933</t>
   </si>
   <si>
     <t>Currently all of the fields in Part III of the Form 8933 are mandatory in the schema and they should be optional.</t>
   </si>
   <si>
     <t>As a workaround, please use zeros for those fields.</t>
   </si>
   <si>
     <t>Business Rule SEIC-F1040-536-04 is attempting to verify the age of the qualifying child. If the Social Security Number and the name of the qualifying child is not correct, the rule is unable to verify the age of the qualifying child.</t>
   </si>
   <si>
     <t>This rule will continue to set until the age of the qualifying child can be verified. Any submissions with this business rule reject should examine the Social Security number and name of the qualifying child and then resubmit the submission with the correct information.</t>
   </si>
   <si>
     <t>Business rules F8933-001-03 and F8933-002-03 are erroneously rejecting due to naming convention in the binary attachment.</t>
   </si>
   <si>
     <t>Currently there is no workaround.</t>
   </si>
   <si>
     <t>Form 940</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Business rules SA-F940-0067-07, F940-016-07 and F940-015-07 are not working correctly. When multi-states and credit reduction states are both selected on Form 940 Schedule A the returns are rejecting. We are working to correct the issue and will let you know when you are allowed to re-submit your clients Multi-State Form 940.
+</t>
   </si>
   <si>
     <t xml:space="preserve">All 3 business rules have been disabled. Returns can be re-transmitted. </t>
   </si>
   <si>
     <t>Form 1040 (SCH C)</t>
   </si>
   <si>
     <t>Business Rule SC-F1040-023-01 is incorrectly rejecting returns with box 32b checked and Form 6198 attached.</t>
   </si>
   <si>
     <t>Business Rule SC-F1040-023-01 will be disabled until the business rule can be corrected in a future release.</t>
   </si>
   <si>
     <t>Form 4255</t>
   </si>
   <si>
     <t>Part I, Line 2b is being changed from "Form 8911, Part I" to "Form 8911, Part II". On the January 2024 and prior revisions of Form 8911, the "Credit for Business/Investment Use Part of Refueling Property" was reported in Part II of Form 8911.</t>
   </si>
   <si>
     <t>Report pertinent information from Form 8911, Part II on Form 4255, Part I, Line 2b.</t>
   </si>
   <si>
     <t>Business Rule F8835-032 was rejecting returns erroneously.</t>
   </si>
@@ -685,50 +759,53 @@
   </si>
   <si>
     <t>We have disabled Business Rule F8835-049 until the rule text is modified. Rule is anticipated to be fixed on projected resolution date.</t>
   </si>
   <si>
     <t>BR1120-344-01-the business rule (BR) is operating properly, however, it should reference Form 1120, Schedule J, Line 12.
 The verbiage of the business rule (BR) will be updated to:
  F1120-344-01 If Form 1120, 'TotalTaxAmt' has a non-zero value, then Form 1120, 'TotalTaxAmt' must equal Form 1120, Schedule J, 'TotalTaxAmt'.</t>
   </si>
   <si>
     <t>If Form 1120, 'TotalTaxAmt' has a non-zero value, then Form 1120, 'TotalTaxAmt' must equal Form 1120, Schedule J, 'TotalTaxAmt'.</t>
   </si>
   <si>
     <t xml:space="preserve">For f3468 Part 1, Line 11e element 'Section48eOr48EhControlNum' is causing mismatch in error in the Clean Energy Database and the database will not approve the correct investment credit. If Form 3468 Part 1, Line 11e has less than nine digits, then the return will be hung-up within the system. </t>
   </si>
   <si>
     <t>If f3468 Part 1, Line 11e has a value, then it must be exactly 9 digits in length.</t>
   </si>
   <si>
     <t xml:space="preserve">The Business Rule F1040NR -399-05 has the incorrect threshold amount.  The rule verbiage contains 90,000 and it should be 95,000. </t>
   </si>
   <si>
     <t>The Business Rule has been disabled as of 2/9.25. The rule scheduled to be updated 3/23/2025</t>
   </si>
   <si>
+    <t>N/A</t>
+  </si>
+  <si>
     <t>The 1040 and Form 8689 instructions were changed to report credits from Form 8689 to Schedule 3, line 13z. Business rule F1040-066-09 was not updated to remove "form8689Amt" from the rule text.</t>
   </si>
   <si>
     <t>Business rule F1040-066-09 will be updated to remove the element ‘form8689Amt’ from the text. Please follow the Tax Year 2024 Form 1040 instructions and the Form 8689 instructions to enter the amount on Schedule 3, line 13z. The business rule will be updated in a future release.</t>
   </si>
   <si>
     <t xml:space="preserve">The 1040 and Form 8689 instructions were changed to report credits from Form 8689 to Schedule 3, line 13z. Form 1040 schema still has the element ‘form8689Cd’ with the enumeration "FORM 8689" and the element ‘form8689Amt’. </t>
   </si>
   <si>
     <t>Please follow the Tax Year 2024 Form 1040 instructions and the Form 8689 instructions to enter the amount on Schedule 3, line 13z. 
 The schema will be updated for TY2025 in PY2026.</t>
   </si>
   <si>
     <t>Business rule SC-F1040-032 is erroneously rejecting Form 1040-SS submissions that include a Schedule C with an amount on line 31 that is not equal to the amount on line 29.</t>
   </si>
   <si>
     <t>Business Rule SC-F1040-032 is disabled.</t>
   </si>
   <si>
     <t>1065 Schedule K-2. Business Rule SK2-F1065-011 rejects when the following: (1) Line C4 is "Yes," (2) Part IV, Section 3, Line 14F, column (c) is computed to zero, and (3) No other values are present in Part IV, Sections 1, 2, or 3 (lines 13, 15 or 16). (Revised 8/19/2025)</t>
   </si>
   <si>
     <t xml:space="preserve">Select "No" for Lines C4, PartIVAttachedInd. Enter applicable amounts in Part IV, Section 3, Line 14. </t>
   </si>
   <si>
@@ -791,111 +868,89 @@
   <si>
     <t>For Tax Year 2024 returns attach a PDF Form 172 as a binary attachment, if more than one form is required. Business Rules F172-001 and F172-002 were disabled.</t>
   </si>
   <si>
     <t>Form 8829</t>
   </si>
   <si>
     <t xml:space="preserve">Form 8829 Line 5 was updated from “8760” to “8784”. Tax Types 1040SS and F5227 returns with Form 8829 attached were not updated. </t>
   </si>
   <si>
     <t>The schema currently allows an entry of 8784, so there is no impact at this time. Follow Form 8829 instructions for line 5.</t>
   </si>
   <si>
     <t>Form 709</t>
   </si>
   <si>
     <t>Form 709 returns are experiencing internal processing delays due to the NameLine1Type not being formatted correctly. The less-than sign (&lt;) is not being included to designate the primary filer's last name.</t>
   </si>
   <si>
     <t>The instructions in Publication 4164 Section 12.5 should be followed as if filing an individual return. Publication 4163 will be updated, and Business Rules will be added.</t>
   </si>
   <si>
     <t>Form 7004</t>
   </si>
   <si>
+    <t xml:space="preserve">BR F7004‐904‐01 is rejecting Form 7004 filed using form code 08 for Form 1042. Form 1042 is always filed on calendar year basis (Jan‐Dec). Rejections occur when the entity's account shows a fiscal year month other than December (from a corporation, partnership or trust) which conflicts with the calendar year requirement for Form 1042.
+</t>
+  </si>
+  <si>
     <t>Use the fiscal year month on record for the entity (corporation, partnership or trust) This ensures that the tax period ending date on Form 7004 matches the entity's established fiscal year and prevents rejections.</t>
   </si>
   <si>
-    <t>BR F7004‐904‐01 is rejecting Form 7004 filed using form code 08 for Form 1042. Form 1042 is always filed on calendar year basis (Jan‐Dec). Rejections occur when the entity's account shows a fiscal year month other than December (from a corporation, partnership or trust) which conflicts with the calendar year requirement for Form 1042.</t>
-[...56 lines deleted...]
-    <t>Line 18d Column 3 currently allows for only a IntegerNNType not allowing for negative numbers.</t>
+    <t>Currently, it is not possible to report the deferred tax from line 9c of Form 8621 to line 24 of Form 1040 for MeF filers.</t>
+  </si>
+  <si>
+    <t>We recommend reporting the taxes from Form 8621, line 9c by utilizing a General Dependency Small to clarify the discrepancy in the total tax. Input "Line24" in the FormLineOrInstructionRefTxt element. Enter the negative amount enclosed in parentheses in the Desc element. Provide the explanation in the AttachmentInformationSmllDesc element.</t>
+  </si>
+  <si>
+    <t>Form 2210-F</t>
+  </si>
+  <si>
+    <t>Form 2210-F line 16 shows X.XX this should be .07</t>
+  </si>
+  <si>
+    <t>Form 5329</t>
+  </si>
+  <si>
+    <t>Taxpayers are not completing Form 5329 Part IX Lines 54a/54b correctly when requesting a waiver of tax under reasonable cause.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If you are requesting a waiver of the additional tax due to reasonable cause (“RC”) on Form 5329, Part IX for Lines 54a and/or 54b, the “RC” amount must be the only distribution shortfall you want the IRS to waive. It should not include any tax.
+After identifying the shortfall amount you want waived:
+Enter “RC” and that shortfall amount on the dotted line next to Lines 54a and/or 54b.
+Subtract the RC amount from the total shortfall you originally calculated.
+This remaining amount is the portion that may be subject to the 10% or 25% additional tax, depending on your situation. After, you multiply the remaining amount by 10% or 25%, enter the result on Lines 54a and/or 54b, as applicable.
+In other words:
+List only the shortfall you want waived as “RC,” subtract it from your total shortfall, and the amount left over—if any—is the part that may be taxed.
+</t>
+  </si>
+  <si>
+    <t>Rule FPYMT-035-01 is being triggered for Line 25 when it should be for the amount owed, Line 26.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This Business Rule FPYMT-035-01 will be disabled and 1120S &amp; 1120S AMD will be added to Business Rule FPYMT-034-01 in a future release. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -1390,144 +1445,144 @@
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="30" formatCode="@"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...2 lines deleted...]
-      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="query" backgroundRefresh="0" connectionId="1" xr16:uid="{198EDA10-7635-4B7C-AE9A-AA0959913A4A}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="query" backgroundRefresh="0" connectionId="1" xr16:uid="{D90125D9-A631-4F08-B16B-8EA48986ED2A}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="20">
     <queryTableFields count="9">
       <queryTableField id="1" name="Date" tableColumnId="2"/>
       <queryTableField id="2" name="Tax Year" tableColumnId="3"/>
       <queryTableField id="4" name="Form Type" tableColumnId="5"/>
       <queryTableField id="5" name="Issue Type" tableColumnId="6"/>
       <queryTableField id="7" name="Description of Issue" tableColumnId="8"/>
       <queryTableField id="8" name="Workaround " tableColumnId="9"/>
       <queryTableField id="9" name="Projected Resolution Date" tableColumnId="10"/>
       <queryTableField id="10" name="Date Resolved" tableColumnId="11"/>
       <queryTableField id="17" name="Status" tableColumnId="15"/>
     </queryTableFields>
     <queryTableDeletedFields count="10">
       <deletedField name="KIS Item ID"/>
       <deletedField name="POC"/>
       <deletedField name="Source"/>
       <deletedField name="Incident Number"/>
       <deletedField name="UWR Number"/>
       <deletedField name="Notes"/>
       <deletedField name="Branch"/>
       <deletedField name="Branch Section"/>
       <deletedField name="Item Type"/>
       <deletedField name="Path"/>
     </queryTableDeletedFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{C3C1D6FD-2425-4282-B7C7-25CF671954F1}" name="Table_query" displayName="Table_query" ref="A1:I98" tableType="queryTable" totalsRowShown="0">
-[...2 lines deleted...]
-    <sortCondition ref="I1:I98"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{E2E02BD2-5C7A-4132-9CA7-8FD9A2AEA799}" name="Table_query" displayName="Table_query" ref="A1:I102" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:I102" xr:uid="{E2E02BD2-5C7A-4132-9CA7-8FD9A2AEA799}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I102">
+    <sortCondition ref="I1:I102"/>
   </sortState>
   <tableColumns count="9">
-    <tableColumn id="2" xr3:uid="{2CB039C8-F466-4194-BCB3-1E2A99826807}" uniqueName="Date" name="Date" queryTableFieldId="1" dataDxfId="8"/>
-[...7 lines deleted...]
-    <tableColumn id="15" xr3:uid="{5346EA9F-7A59-476A-BE6B-6F15C5919183}" uniqueName="Status" name="Status" queryTableFieldId="17" dataDxfId="4"/>
+    <tableColumn id="2" xr3:uid="{E1CA0416-8EC5-42B1-87D4-6B9C227CF305}" uniqueName="Date" name="Date" queryTableFieldId="1" dataDxfId="8"/>
+    <tableColumn id="3" xr3:uid="{BCAA9673-63D7-45E4-B625-CE3CE6982B80}" uniqueName="TaxYear" name="Tax Year" queryTableFieldId="2" dataDxfId="7"/>
+    <tableColumn id="5" xr3:uid="{9325D11F-60E9-409B-8AF5-D9FB9EB22E5F}" uniqueName="FormType" name="Form Type" queryTableFieldId="4" dataDxfId="6"/>
+    <tableColumn id="6" xr3:uid="{8D452CF6-DC05-4747-9D96-5165EA00EAF0}" uniqueName="IssueType" name="Issue Type" queryTableFieldId="5" dataDxfId="5"/>
+    <tableColumn id="8" xr3:uid="{CB8AA84C-57F1-4042-9132-D83F68092340}" uniqueName="DescriptionofIssue" name="Description of Issue" queryTableFieldId="7" dataDxfId="4"/>
+    <tableColumn id="9" xr3:uid="{3E468B43-A29F-4448-9D07-2BB62C72914C}" uniqueName="Workaround" name="Workaround " queryTableFieldId="8" dataDxfId="3"/>
+    <tableColumn id="10" xr3:uid="{D0EEC2DA-DA1E-4615-8CF4-2CADFE5EB697}" uniqueName="ProjectedResolutionDate" name="Projected Resolution Date" queryTableFieldId="9" dataDxfId="2"/>
+    <tableColumn id="11" xr3:uid="{96E5830B-060F-464B-8C58-7FBCF6F71374}" uniqueName="DateResolved" name="Date Resolved" queryTableFieldId="10" dataDxfId="1"/>
+    <tableColumn id="15" xr3:uid="{58EE6548-A6C2-4C05-A7A7-71B347715E1B}" uniqueName="Status" name="Status" queryTableFieldId="17" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1809,2826 +1864,2996 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{26F4DAB3-0CA9-41A6-824E-EB9928754429}">
-  <dimension ref="A1:I98"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B367AD4B-DB84-47D8-9180-0D56FAE746C5}">
+  <dimension ref="A1:I102"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A83" workbookViewId="0">
-      <selection activeCell="E91" sqref="E91"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10.08984375" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="10.36328125" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="15.90625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.36328125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="23.453125" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="80.7265625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="25" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="2" spans="1:9" ht="116" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A2" s="2">
-        <v>45909</v>
+        <v>46052</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>237</v>
+        <v>171</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>239</v>
+        <v>264</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>238</v>
+        <v>265</v>
       </c>
       <c r="G2" s="2">
-        <v>45945</v>
+        <v>46388</v>
       </c>
       <c r="H2" s="2"/>
       <c r="I2" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="3" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9" ht="261" x14ac:dyDescent="0.35">
       <c r="A3" s="2">
-        <v>45888</v>
+        <v>46009</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>234</v>
+        <v>261</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>235</v>
+        <v>262</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>236</v>
+        <v>263</v>
       </c>
       <c r="G3" s="2">
-        <v>46023</v>
+        <v>46388</v>
       </c>
       <c r="H3" s="2"/>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="4" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A4" s="2">
-        <v>45755</v>
+        <v>45967</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>231</v>
+        <v>259</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
       <c r="G4" s="2">
-        <v>46023</v>
+        <v>46388</v>
       </c>
       <c r="H4" s="2"/>
       <c r="I4" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="5" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A5" s="2">
-        <v>45743</v>
+        <v>45945</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>228</v>
+        <v>137</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>229</v>
+        <v>257</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>230</v>
+        <v>258</v>
       </c>
       <c r="G5" s="2">
-        <v>46023</v>
+        <v>46754</v>
       </c>
       <c r="H5" s="2"/>
       <c r="I5" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="6" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A6" s="2">
-        <v>45736</v>
+        <v>45888</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>223</v>
+        <v>251</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>224</v>
+        <v>252</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>225</v>
+        <v>253</v>
       </c>
       <c r="G6" s="2">
-        <v>46023</v>
+        <v>46097</v>
       </c>
       <c r="H6" s="2"/>
       <c r="I6" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="7" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A7" s="2">
         <v>45707</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>214</v>
+        <v>231</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>215</v>
+        <v>232</v>
       </c>
       <c r="G7" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H7" s="2"/>
       <c r="I7" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9" ht="116" x14ac:dyDescent="0.35">
       <c r="A8" s="2">
-        <v>45701</v>
+        <v>45614</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>211</v>
+        <v>127</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>212</v>
+        <v>128</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>213</v>
+        <v>129</v>
       </c>
       <c r="G8" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H8" s="2"/>
       <c r="I8" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="9" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A9" s="2">
-        <v>45700</v>
+        <v>45614</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>127</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>16</v>
+        <v>88</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>203</v>
+        <v>130</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>204</v>
+        <v>131</v>
       </c>
       <c r="G9" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H9" s="2"/>
       <c r="I9" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="10" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A10" s="2">
-        <v>45700</v>
+        <v>45611</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>205</v>
+        <v>109</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>206</v>
+        <v>110</v>
       </c>
       <c r="G10" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H10" s="2"/>
       <c r="I10" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A11" s="2">
-        <v>45700</v>
+        <v>45611</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>57</v>
+        <v>108</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>16</v>
+        <v>88</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>209</v>
+        <v>114</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>210</v>
+        <v>115</v>
       </c>
       <c r="G11" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H11" s="2"/>
       <c r="I11" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="12" spans="1:9" ht="159.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A12" s="2">
-        <v>45695</v>
+        <v>45603</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>161</v>
+        <v>97</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>197</v>
+        <v>98</v>
       </c>
       <c r="F12" s="4" t="s">
-        <v>198</v>
+        <v>99</v>
       </c>
       <c r="G12" s="2">
-        <v>46023</v>
+        <v>46393</v>
       </c>
       <c r="H12" s="2"/>
       <c r="I12" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="13" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A13" s="2">
-        <v>45693</v>
+        <v>45532</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>78</v>
+        <v>58</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>193</v>
+        <v>60</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>194</v>
+        <v>61</v>
       </c>
       <c r="G13" s="2">
-        <v>46023</v>
+        <v>46082</v>
       </c>
       <c r="H13" s="2"/>
       <c r="I13" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="14" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A14" s="2">
-        <v>45693</v>
+        <v>45519</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>195</v>
+        <v>45</v>
       </c>
       <c r="F14" s="4" t="s">
-        <v>196</v>
+        <v>46</v>
       </c>
       <c r="G14" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H14" s="2"/>
       <c r="I14" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A15" s="2">
-        <v>45685</v>
+        <v>45363</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>186</v>
+        <v>19</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>187</v>
+        <v>20</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>188</v>
+        <v>21</v>
       </c>
       <c r="G15" s="2">
-        <v>46023</v>
+        <v>46388</v>
       </c>
       <c r="H15" s="2"/>
       <c r="I15" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="16" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A16" s="2">
-        <v>45670</v>
+        <v>45909</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>156</v>
+        <v>254</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>157</v>
+        <v>255</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>149</v>
+        <v>256</v>
       </c>
       <c r="G16" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H16" s="2"/>
+        <v>46022</v>
+      </c>
+      <c r="H16" s="2">
+        <v>46022</v>
+      </c>
       <c r="I16" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A17" s="2">
-        <v>45660</v>
+        <v>45755</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>147</v>
+        <v>248</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>148</v>
+        <v>249</v>
       </c>
       <c r="F17" s="4" t="s">
-        <v>149</v>
+        <v>250</v>
       </c>
       <c r="G17" s="2">
         <v>46023</v>
       </c>
-      <c r="H17" s="2"/>
+      <c r="H17" s="2">
+        <v>45968</v>
+      </c>
       <c r="I17" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A18" s="2">
-        <v>45645</v>
+        <v>45743</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>136</v>
+        <v>245</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>137</v>
+        <v>246</v>
       </c>
       <c r="F18" s="4" t="s">
-        <v>138</v>
+        <v>247</v>
       </c>
       <c r="G18" s="2">
-        <v>46022</v>
-[...1 lines deleted...]
-      <c r="H18" s="2"/>
+        <v>46023</v>
+      </c>
+      <c r="H18" s="2">
+        <v>46023</v>
+      </c>
       <c r="I18" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A19" s="2">
-        <v>45645</v>
+        <v>45742</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>140</v>
+        <v>243</v>
       </c>
       <c r="F19" s="4" t="s">
-        <v>141</v>
+        <v>244</v>
       </c>
       <c r="G19" s="2">
-        <v>46022</v>
-[...1 lines deleted...]
-      <c r="H19" s="2"/>
+        <v>45771</v>
+      </c>
+      <c r="H19" s="2">
+        <v>45771</v>
+      </c>
       <c r="I19" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A20" s="2">
-        <v>45639</v>
+        <v>45736</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>127</v>
+        <v>240</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>129</v>
+        <v>241</v>
       </c>
       <c r="F20" s="4" t="s">
-        <v>130</v>
+        <v>242</v>
       </c>
       <c r="G20" s="2">
         <v>46023</v>
       </c>
-      <c r="H20" s="2"/>
+      <c r="H20" s="2">
+        <v>46023</v>
+      </c>
       <c r="I20" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A21" s="2">
-        <v>45639</v>
+        <v>45723</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>133</v>
+        <v>233</v>
       </c>
       <c r="F21" s="4" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="G21" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H21" s="2"/>
+        <v>45838</v>
+      </c>
+      <c r="H21" s="2">
+        <v>45838</v>
+      </c>
       <c r="I21" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A22" s="2">
-        <v>45639</v>
+        <v>45723</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>134</v>
+        <v>235</v>
       </c>
       <c r="F22" s="4" t="s">
-        <v>135</v>
+        <v>234</v>
       </c>
       <c r="G22" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H22" s="2"/>
+        <v>45838</v>
+      </c>
+      <c r="H22" s="2">
+        <v>45838</v>
+      </c>
       <c r="I22" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" ht="159.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A23" s="2">
-        <v>45637</v>
+        <v>45723</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>103</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>104</v>
+        <v>236</v>
       </c>
       <c r="F23" s="4" t="s">
-        <v>105</v>
+        <v>234</v>
       </c>
       <c r="G23" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H23" s="2"/>
+        <v>45838</v>
+      </c>
+      <c r="H23" s="2">
+        <v>45838</v>
+      </c>
       <c r="I23" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A24" s="2">
-        <v>45631</v>
+        <v>45723</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>78</v>
+        <v>103</v>
       </c>
       <c r="D24" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="G24" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H24" s="2">
+        <v>45838</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A25" s="2">
+        <v>45723</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="G25" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H25" s="2">
+        <v>45838</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A26" s="2">
+        <v>45723</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="F26" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="G26" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H26" s="2">
+        <v>45838</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="2">
+        <v>45712</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D27" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E24" s="4" t="s">
-[...79 lines deleted...]
-      </c>
       <c r="E27" s="4" t="s">
-        <v>101</v>
+        <v>181</v>
       </c>
       <c r="F27" s="4" t="s">
-        <v>102</v>
+        <v>182</v>
       </c>
       <c r="G27" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H27" s="2"/>
+        <v>45739</v>
+      </c>
+      <c r="H27" s="2">
+        <v>45739</v>
+      </c>
       <c r="I27" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:9" ht="203" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A28" s="2">
-        <v>45611</v>
+        <v>45701</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>100</v>
+        <v>228</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>106</v>
+        <v>229</v>
       </c>
       <c r="F28" s="4" t="s">
-        <v>107</v>
+        <v>230</v>
       </c>
       <c r="G28" s="2">
         <v>46023</v>
       </c>
-      <c r="H28" s="2"/>
+      <c r="H28" s="2">
+        <v>45939</v>
+      </c>
       <c r="I28" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A29" s="2">
-        <v>45603</v>
+        <v>45700</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>90</v>
+        <v>169</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>91</v>
+        <v>217</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>92</v>
+        <v>218</v>
       </c>
       <c r="G29" s="2">
-        <v>45986</v>
-[...1 lines deleted...]
-      <c r="H29" s="2"/>
+        <v>45739</v>
+      </c>
+      <c r="H29" s="2">
+        <v>45739</v>
+      </c>
       <c r="I29" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A30" s="2">
-        <v>45601</v>
+        <v>45700</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>123</v>
+        <v>220</v>
       </c>
       <c r="F30" s="4" t="s">
-        <v>124</v>
+        <v>221</v>
       </c>
       <c r="G30" s="2">
         <v>46023</v>
       </c>
-      <c r="H30" s="2"/>
+      <c r="H30" s="2">
+        <v>46023</v>
+      </c>
       <c r="I30" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A31" s="2">
-        <v>45587</v>
+        <v>45700</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>85</v>
+        <v>222</v>
       </c>
       <c r="F31" s="4" t="s">
-        <v>86</v>
+        <v>223</v>
       </c>
       <c r="G31" s="2">
         <v>46023</v>
       </c>
-      <c r="H31" s="2"/>
+      <c r="H31" s="2">
+        <v>46023</v>
+      </c>
       <c r="I31" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A32" s="2">
-        <v>45567</v>
+        <v>45700</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>68</v>
+        <v>199</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>69</v>
+        <v>224</v>
       </c>
       <c r="F32" s="4" t="s">
-        <v>70</v>
+        <v>225</v>
       </c>
       <c r="G32" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H32" s="2"/>
+        <v>45706</v>
+      </c>
+      <c r="H32" s="2">
+        <v>45706</v>
+      </c>
       <c r="I32" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A33" s="2">
-        <v>45554</v>
+        <v>45700</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>63</v>
+        <v>226</v>
       </c>
       <c r="F33" s="4" t="s">
-        <v>64</v>
+        <v>227</v>
       </c>
       <c r="G33" s="2">
         <v>46023</v>
       </c>
-      <c r="H33" s="2"/>
+      <c r="H33" s="2">
+        <v>46023</v>
+      </c>
       <c r="I33" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A34" s="2">
-        <v>45532</v>
+        <v>45699</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>53</v>
+        <v>116</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="E34" s="4" t="s">
-        <v>55</v>
+        <v>215</v>
       </c>
       <c r="F34" s="4" t="s">
-        <v>56</v>
+        <v>216</v>
       </c>
       <c r="G34" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H34" s="2"/>
+        <v>45870</v>
+      </c>
+      <c r="H34" s="2">
+        <v>45771</v>
+      </c>
       <c r="I34" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A35" s="2">
-        <v>45523</v>
+        <v>45695</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>48</v>
+        <v>174</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>49</v>
+        <v>213</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>31</v>
+        <v>214</v>
       </c>
       <c r="G35" s="2">
         <v>46023</v>
       </c>
-      <c r="H35" s="2"/>
+      <c r="H35" s="2">
+        <v>45729</v>
+      </c>
       <c r="I35" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" ht="116" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A36" s="2">
-        <v>45519</v>
+        <v>45693</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>43</v>
+        <v>205</v>
       </c>
       <c r="F36" s="4" t="s">
-        <v>44</v>
+        <v>206</v>
       </c>
       <c r="G36" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H36" s="2"/>
+        <v>45739</v>
+      </c>
+      <c r="H36" s="2">
+        <v>45739</v>
+      </c>
       <c r="I36" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A37" s="2">
-        <v>45519</v>
+        <v>45693</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>46</v>
+        <v>207</v>
       </c>
       <c r="F37" s="4" t="s">
-        <v>47</v>
+        <v>208</v>
       </c>
       <c r="G37" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H37" s="2"/>
+        <v>45739</v>
+      </c>
+      <c r="H37" s="2">
+        <v>45739</v>
+      </c>
       <c r="I37" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" ht="116" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A38" s="2">
-        <v>45506</v>
+        <v>45693</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>241</v>
+        <v>209</v>
       </c>
       <c r="F38" s="4" t="s">
-        <v>242</v>
+        <v>210</v>
       </c>
       <c r="G38" s="2">
         <v>46023</v>
       </c>
-      <c r="H38" s="2"/>
+      <c r="H38" s="2">
+        <v>46023</v>
+      </c>
       <c r="I38" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A39" s="2">
-        <v>45499</v>
+        <v>45693</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>37</v>
+        <v>211</v>
       </c>
       <c r="F39" s="4" t="s">
-        <v>31</v>
+        <v>212</v>
       </c>
       <c r="G39" s="2">
         <v>46023</v>
       </c>
-      <c r="H39" s="2"/>
+      <c r="H39" s="2">
+        <v>46023</v>
+      </c>
       <c r="I39" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A40" s="2">
-        <v>45491</v>
+        <v>45685</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>39</v>
+        <v>103</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>40</v>
+        <v>187</v>
       </c>
       <c r="F40" s="4" t="s">
-        <v>41</v>
+        <v>188</v>
       </c>
       <c r="G40" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H40" s="2"/>
+        <v>45739</v>
+      </c>
+      <c r="H40" s="2">
+        <v>45685</v>
+      </c>
       <c r="I40" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A41" s="2">
-        <v>45481</v>
+        <v>45685</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>28</v>
+        <v>202</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>30</v>
+        <v>203</v>
       </c>
       <c r="F41" s="4" t="s">
-        <v>31</v>
+        <v>204</v>
       </c>
       <c r="G41" s="2">
         <v>46023</v>
       </c>
-      <c r="H41" s="2"/>
+      <c r="H41" s="2">
+        <v>46035</v>
+      </c>
       <c r="I41" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A42" s="2">
-        <v>45363</v>
+        <v>45680</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>19</v>
+        <v>137</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E42" s="4" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="F42" s="4" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="G42" s="2">
-        <v>46388</v>
-[...1 lines deleted...]
-      <c r="H42" s="2"/>
+        <v>45747</v>
+      </c>
+      <c r="H42" s="2">
+        <v>45757</v>
+      </c>
       <c r="I42" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A43" s="2">
-        <v>45742</v>
+        <v>45680</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>117</v>
+        <v>196</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>226</v>
+        <v>197</v>
       </c>
       <c r="F43" s="4" t="s">
-        <v>227</v>
+        <v>198</v>
       </c>
       <c r="G43" s="2">
-        <v>45771</v>
+        <v>45740</v>
       </c>
       <c r="H43" s="2">
-        <v>45771</v>
+        <v>45739</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="44" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A44" s="2">
-        <v>45723</v>
+        <v>45680</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>95</v>
+        <v>199</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E44" s="4" t="s">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="F44" s="4" t="s">
-        <v>217</v>
+        <v>201</v>
       </c>
       <c r="G44" s="2">
-        <v>45838</v>
+        <v>45684</v>
       </c>
       <c r="H44" s="2">
-        <v>45838</v>
+        <v>45685</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="45" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A45" s="2">
-        <v>45723</v>
+        <v>45678</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>218</v>
+        <v>187</v>
       </c>
       <c r="F45" s="4" t="s">
-        <v>217</v>
+        <v>188</v>
       </c>
       <c r="G45" s="2">
-        <v>45838</v>
+        <v>45739</v>
       </c>
       <c r="H45" s="2">
-        <v>45838</v>
+        <v>45708</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="46" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A46" s="2">
-        <v>45723</v>
+        <v>45678</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>95</v>
+        <v>189</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E46" s="4" t="s">
-        <v>219</v>
+        <v>190</v>
       </c>
       <c r="F46" s="4" t="s">
-        <v>217</v>
+        <v>191</v>
       </c>
       <c r="G46" s="2">
-        <v>45838</v>
+        <v>46023</v>
       </c>
       <c r="H46" s="2">
-        <v>45838</v>
+        <v>45678</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="47" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A47" s="2">
-        <v>45723</v>
+        <v>45678</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>220</v>
+        <v>192</v>
       </c>
       <c r="F47" s="4" t="s">
-        <v>217</v>
+        <v>193</v>
       </c>
       <c r="G47" s="2">
-        <v>45838</v>
+        <v>45704</v>
       </c>
       <c r="H47" s="2">
-        <v>45838</v>
+        <v>45708</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="48" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A48" s="2">
-        <v>45723</v>
+        <v>45678</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>95</v>
+        <v>189</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>221</v>
+        <v>194</v>
       </c>
       <c r="F48" s="4" t="s">
-        <v>217</v>
+        <v>195</v>
       </c>
       <c r="G48" s="2">
-        <v>45838</v>
+        <v>45690</v>
       </c>
       <c r="H48" s="2">
-        <v>45838</v>
+        <v>45690</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="49" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A49" s="2">
-        <v>45723</v>
+        <v>45672</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>222</v>
+        <v>172</v>
       </c>
       <c r="F49" s="4" t="s">
-        <v>217</v>
+        <v>173</v>
       </c>
       <c r="G49" s="2">
-        <v>45838</v>
+        <v>46023</v>
       </c>
       <c r="H49" s="2">
-        <v>45838</v>
+        <v>45773</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="50" spans="1:9" ht="203" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A50" s="2">
-        <v>45712</v>
+        <v>45672</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E50" s="4" t="s">
-        <v>244</v>
+        <v>178</v>
       </c>
       <c r="F50" s="4" t="s">
-        <v>243</v>
+        <v>179</v>
       </c>
       <c r="G50" s="2">
-        <v>45739</v>
+        <v>45688</v>
       </c>
       <c r="H50" s="2">
-        <v>45739</v>
+        <v>45673</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A51" s="2">
-        <v>45700</v>
+        <v>45672</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>156</v>
+        <v>171</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="F51" s="4" t="s">
-        <v>202</v>
+        <v>184</v>
       </c>
       <c r="G51" s="2">
-        <v>45739</v>
+        <v>46023</v>
       </c>
       <c r="H51" s="2">
-        <v>45739</v>
+        <v>45754</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A52" s="2">
-        <v>45700</v>
+        <v>45670</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>183</v>
+        <v>137</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E52" s="4" t="s">
-        <v>207</v>
+        <v>167</v>
       </c>
       <c r="F52" s="4" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="G52" s="2">
-        <v>45706</v>
+        <v>45747</v>
       </c>
       <c r="H52" s="2">
-        <v>45706</v>
+        <v>45732</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="53" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A53" s="2">
-        <v>45699</v>
+        <v>45670</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>108</v>
+        <v>169</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>199</v>
+        <v>170</v>
       </c>
       <c r="F53" s="4" t="s">
-        <v>200</v>
+        <v>161</v>
       </c>
       <c r="G53" s="2">
-        <v>45870</v>
+        <v>46023</v>
       </c>
       <c r="H53" s="2">
-        <v>45771</v>
+        <v>45959</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="54" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A54" s="2">
-        <v>45693</v>
+        <v>45667</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>78</v>
+        <v>164</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E54" s="4" t="s">
-        <v>189</v>
+        <v>165</v>
       </c>
       <c r="F54" s="4" t="s">
-        <v>190</v>
+        <v>166</v>
       </c>
       <c r="G54" s="2">
         <v>45739</v>
       </c>
       <c r="H54" s="2">
         <v>45739</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="55" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A55" s="2">
-        <v>45693</v>
+        <v>45665</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>78</v>
+        <v>103</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>191</v>
+        <v>157</v>
       </c>
       <c r="F55" s="4" t="s">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="G55" s="2">
-        <v>45739</v>
+        <v>45708</v>
       </c>
       <c r="H55" s="2">
-        <v>45739</v>
+        <v>45708</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="56" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A56" s="2">
-        <v>45685</v>
+        <v>45665</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>95</v>
+        <v>162</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="E56" s="4" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="F56" s="4" t="s">
-        <v>173</v>
+        <v>105</v>
       </c>
       <c r="G56" s="2">
-        <v>45739</v>
+        <v>45690</v>
       </c>
       <c r="H56" s="2">
-        <v>45685</v>
+        <v>45690</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="57" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A57" s="2">
-        <v>45680</v>
+        <v>45660</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>127</v>
+        <v>159</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="F57" s="4" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="G57" s="2">
-        <v>45747</v>
+        <v>46023</v>
       </c>
       <c r="H57" s="2">
-        <v>45757</v>
+        <v>45687</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="58" spans="1:9" ht="116" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A58" s="2">
-        <v>45680</v>
+        <v>45646</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>181</v>
+        <v>154</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E58" s="4" t="s">
-        <v>245</v>
+        <v>155</v>
       </c>
       <c r="F58" s="4" t="s">
-        <v>182</v>
+        <v>156</v>
       </c>
       <c r="G58" s="2">
-        <v>45740</v>
+        <v>45658</v>
       </c>
       <c r="H58" s="2">
-        <v>45739</v>
+        <v>45655</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="59" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A59" s="2">
-        <v>45680</v>
+        <v>45645</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>183</v>
+        <v>148</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>184</v>
+        <v>149</v>
       </c>
       <c r="F59" s="4" t="s">
-        <v>185</v>
+        <v>150</v>
       </c>
       <c r="G59" s="2">
-        <v>45684</v>
+        <v>46022</v>
       </c>
       <c r="H59" s="2">
-        <v>45685</v>
+        <v>46022</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="60" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A60" s="2">
-        <v>45678</v>
+        <v>45645</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>95</v>
+        <v>151</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="E60" s="4" t="s">
-        <v>172</v>
+        <v>152</v>
       </c>
       <c r="F60" s="4" t="s">
-        <v>173</v>
+        <v>153</v>
       </c>
       <c r="G60" s="2">
-        <v>45739</v>
+        <v>46022</v>
       </c>
       <c r="H60" s="2">
-        <v>45708</v>
+        <v>45688</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="61" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A61" s="2">
-        <v>45678</v>
+        <v>45639</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>175</v>
+        <v>140</v>
       </c>
       <c r="F61" s="4" t="s">
-        <v>176</v>
+        <v>141</v>
       </c>
       <c r="G61" s="2">
         <v>46023</v>
       </c>
       <c r="H61" s="2">
-        <v>45678</v>
+        <v>46023</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="62" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A62" s="2">
-        <v>45678</v>
+        <v>45639</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E62" s="4" t="s">
-        <v>177</v>
+        <v>142</v>
       </c>
       <c r="F62" s="4" t="s">
-        <v>178</v>
+        <v>143</v>
       </c>
       <c r="G62" s="2">
-        <v>45704</v>
+        <v>45731</v>
       </c>
       <c r="H62" s="2">
-        <v>45708</v>
+        <v>45731</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="63" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A63" s="2">
-        <v>45678</v>
+        <v>45639</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="D63" s="3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>179</v>
+        <v>144</v>
       </c>
       <c r="F63" s="4" t="s">
-        <v>180</v>
+        <v>145</v>
       </c>
       <c r="G63" s="2">
-        <v>45690</v>
+        <v>46023</v>
       </c>
       <c r="H63" s="2">
-        <v>45690</v>
+        <v>46023</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="64" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A64" s="2">
-        <v>45672</v>
+        <v>45639</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="E64" s="4" t="s">
-        <v>159</v>
+        <v>146</v>
       </c>
       <c r="F64" s="4" t="s">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="G64" s="2">
         <v>46023</v>
       </c>
       <c r="H64" s="2">
-        <v>45773</v>
+        <v>46023</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A65" s="2">
-        <v>45672</v>
+        <v>45637</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>164</v>
+        <v>103</v>
       </c>
       <c r="D65" s="3" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>165</v>
+        <v>104</v>
       </c>
       <c r="F65" s="4" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="G65" s="2">
-        <v>45688</v>
+        <v>45690</v>
       </c>
       <c r="H65" s="2">
-        <v>45673</v>
+        <v>45690</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="66" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:9" ht="116" x14ac:dyDescent="0.35">
       <c r="A66" s="2">
-        <v>45672</v>
+        <v>45637</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>158</v>
+        <v>111</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="E66" s="4" t="s">
-        <v>168</v>
+        <v>112</v>
       </c>
       <c r="F66" s="4" t="s">
-        <v>169</v>
+        <v>113</v>
       </c>
       <c r="G66" s="2">
-        <v>46023</v>
+        <v>46024</v>
       </c>
       <c r="H66" s="2">
-        <v>45754</v>
+        <v>46024</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="67" spans="1:9" ht="116" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:9" ht="87" x14ac:dyDescent="0.35">
       <c r="A67" s="2">
-        <v>45670</v>
+        <v>45637</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>127</v>
+        <v>68</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>154</v>
+        <v>135</v>
       </c>
       <c r="F67" s="4" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="G67" s="2">
-        <v>45747</v>
+        <v>45643</v>
       </c>
       <c r="H67" s="2">
-        <v>45732</v>
+        <v>45643</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A68" s="2">
-        <v>45667</v>
+        <v>45637</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>151</v>
+        <v>137</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E68" s="4" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="F68" s="4" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="G68" s="2">
+        <v>45637</v>
+      </c>
+      <c r="H68" s="2">
+        <v>45637</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A69" s="2">
+        <v>45636</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="F69" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="G69" s="2">
         <v>45739</v>
       </c>
-      <c r="H68" s="2">
-[...27 lines deleted...]
-      </c>
       <c r="H69" s="2">
-        <v>45708</v>
+        <v>45740</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="70" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A70" s="2">
-        <v>45665</v>
+        <v>45631</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="E70" s="4" t="s">
-        <v>246</v>
+        <v>106</v>
       </c>
       <c r="F70" s="4" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="G70" s="2">
-        <v>45690</v>
+        <v>46023</v>
       </c>
       <c r="H70" s="2">
-        <v>45690</v>
+        <v>46023</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="71" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A71" s="2">
-        <v>45646</v>
+        <v>45629</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>143</v>
+        <v>122</v>
       </c>
       <c r="F71" s="4" t="s">
-        <v>144</v>
+        <v>123</v>
       </c>
       <c r="G71" s="2">
-        <v>45658</v>
+        <v>46023</v>
       </c>
       <c r="H71" s="2">
-        <v>45655</v>
+        <v>45833</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A72" s="2">
-        <v>45639</v>
+        <v>45629</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>39</v>
+        <v>124</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E72" s="4" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="F72" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="G72" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H72" s="2">
+        <v>45833</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A73" s="2">
+        <v>45618</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="F73" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G73" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H73" s="2">
+        <v>45747</v>
+      </c>
+      <c r="I73" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A74" s="2">
+        <v>45603</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="F74" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="G74" s="2">
+        <v>45747</v>
+      </c>
+      <c r="H74" s="2">
+        <v>45747</v>
+      </c>
+      <c r="I74" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A75" s="2">
+        <v>45601</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="G72" s="2">
-[...16 lines deleted...]
-      <c r="C73" s="3" t="s">
+      <c r="D75" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F75" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="G75" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H75" s="2">
+        <v>46023</v>
+      </c>
+      <c r="I75" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A76" s="2">
+        <v>45594</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E76" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="D73" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="4" t="s">
+      <c r="F76" s="4" t="s">
         <v>96</v>
       </c>
-      <c r="F73" s="4" t="s">
-[...88 lines deleted...]
-      </c>
       <c r="G76" s="2">
-        <v>45739</v>
+        <v>45658</v>
       </c>
       <c r="H76" s="2">
-        <v>45740</v>
+        <v>45658</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="77" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A77" s="2">
-        <v>45629</v>
+        <v>45587</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="F77" s="4" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="G77" s="2">
         <v>46023</v>
       </c>
       <c r="H77" s="2">
-        <v>45833</v>
+        <v>46027</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="78" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A78" s="2">
-        <v>45629</v>
+        <v>45583</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>114</v>
+        <v>87</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="E78" s="4" t="s">
-        <v>115</v>
+        <v>89</v>
       </c>
       <c r="F78" s="4" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="G78" s="2">
-        <v>46023</v>
+        <v>45838</v>
       </c>
       <c r="H78" s="2">
-        <v>45833</v>
+        <v>45838</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="79" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A79" s="2">
-        <v>45618</v>
+        <v>45573</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="D79" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F79" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="G79" s="2">
+        <v>45739</v>
+      </c>
+      <c r="H79" s="2">
+        <v>45739</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A80" s="2">
+        <v>45568</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D80" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E79" s="4" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="E80" s="4" t="s">
-        <v>109</v>
+        <v>81</v>
       </c>
       <c r="F80" s="4" t="s">
-        <v>250</v>
+        <v>82</v>
       </c>
       <c r="G80" s="2">
         <v>45747</v>
       </c>
       <c r="H80" s="2">
         <v>45747</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="81" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A81" s="2">
-        <v>45594</v>
+        <v>45568</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="F81" s="4" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="G81" s="2">
+        <v>45747</v>
+      </c>
+      <c r="H81" s="2">
+        <v>45747</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A82" s="2">
+        <v>45567</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F82" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="G82" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H82" s="2">
+        <v>46023</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A83" s="2">
+        <v>45567</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F83" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="G83" s="2">
+        <v>45608</v>
+      </c>
+      <c r="H83" s="2">
+        <v>45608</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="116" x14ac:dyDescent="0.35">
+      <c r="A84" s="2">
+        <v>45561</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F84" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="G84" s="2">
+        <v>45739</v>
+      </c>
+      <c r="H84" s="2">
+        <v>45739</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A85" s="2">
+        <v>45554</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="F85" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="G85" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H85" s="2">
+        <v>46023</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="174" x14ac:dyDescent="0.35">
+      <c r="A86" s="2">
+        <v>45545</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F86" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="G86" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H86" s="2">
+        <v>45747</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A87" s="2">
+        <v>45534</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="F87" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G87" s="2">
+        <v>45672</v>
+      </c>
+      <c r="H87" s="2">
+        <v>45672</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+      <c r="A88" s="2">
+        <v>45531</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F88" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="G88" s="2">
         <v>45658</v>
       </c>
-      <c r="H81" s="2">
-[...45 lines deleted...]
-      <c r="D83" s="3" t="s">
+      <c r="H88" s="2">
+        <v>45588</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A89" s="2">
+        <v>45525</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F89" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="G89" s="2">
+        <v>45739</v>
+      </c>
+      <c r="H89" s="2">
+        <v>45739</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A90" s="2">
+        <v>45523</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D90" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="E83" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F83" s="4" t="s">
+      <c r="E90" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F90" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="G83" s="2">
-[...74 lines deleted...]
-      <c r="C86" s="3" t="s">
+      <c r="G90" s="2">
+        <v>45659</v>
+      </c>
+      <c r="H90" s="2">
+        <v>45659</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A91" s="2">
+        <v>45519</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E91" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="D86" s="3" t="s">
-[...149 lines deleted...]
-      </c>
       <c r="F91" s="4" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="G91" s="2">
-        <v>45739</v>
+        <v>46023</v>
       </c>
       <c r="H91" s="2">
-        <v>45739</v>
+        <v>46023</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="92" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A92" s="2">
-        <v>45499</v>
+        <v>45506</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E92" s="4" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F92" s="4" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G92" s="2">
         <v>46023</v>
       </c>
       <c r="H92" s="2">
+        <v>46023</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A93" s="2">
+        <v>45499</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F93" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G93" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H93" s="2">
         <v>45622</v>
       </c>
-      <c r="I92" s="1" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="I93" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="94" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A94" s="2">
-        <v>45406</v>
+        <v>45499</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E94" s="4" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="F94" s="4" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G94" s="2">
-        <v>45459</v>
+        <v>46023</v>
       </c>
       <c r="H94" s="2">
-        <v>45459</v>
+        <v>45740</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A95" s="2">
-        <v>45406</v>
+        <v>45491</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="E95" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F95" s="4" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G95" s="2">
-        <v>45413</v>
+        <v>46023</v>
       </c>
       <c r="H95" s="2">
-        <v>45413</v>
+        <v>46023</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="96" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A96" s="2">
-        <v>45331</v>
+        <v>45489</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D96" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F96" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G96" s="2">
+        <v>45504</v>
+      </c>
+      <c r="H96" s="2">
+        <v>45502</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A97" s="2">
+        <v>45481</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F97" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="G97" s="2">
+        <v>46024</v>
+      </c>
+      <c r="H97" s="2">
+        <v>46022</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A98" s="2">
+        <v>45406</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D98" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E96" s="4" t="s">
+      <c r="E98" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" s="2">
+        <v>45459</v>
+      </c>
+      <c r="H98" s="2">
+        <v>45459</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A99" s="2">
+        <v>45406</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F99" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G99" s="2">
+        <v>45413</v>
+      </c>
+      <c r="H99" s="2">
+        <v>45413</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A100" s="2">
+        <v>45331</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="F96" s="4" t="s">
+      <c r="F100" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="G96" s="2">
+      <c r="G100" s="2">
         <v>45459</v>
       </c>
-      <c r="H96" s="2">
+      <c r="H100" s="2">
         <v>45460</v>
       </c>
-      <c r="I96" s="1" t="s">
-[...4 lines deleted...]
-      <c r="A97" s="2">
+      <c r="I100" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A101" s="2">
         <v>45330</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C97" s="3" t="s">
+      <c r="B101" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="D97" s="3" t="s">
+      <c r="D101" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E97" s="4" t="s">
+      <c r="E101" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="F97" s="4" t="s">
+      <c r="F101" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="G97" s="2">
+      <c r="G101" s="2">
         <v>45444</v>
       </c>
-      <c r="H97" s="2">
+      <c r="H101" s="2">
         <v>45459</v>
       </c>
-      <c r="I97" s="1" t="s">
-[...4 lines deleted...]
-      <c r="A98" s="2">
+      <c r="I101" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A102" s="2">
         <v>45306</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D98" s="3" t="s">
+      <c r="B102" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="D102" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E98" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G98" s="2">
+      <c r="E102" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="F102" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="G102" s="2">
         <v>45688</v>
       </c>
-      <c r="H98" s="2">
+      <c r="H102" s="2">
         <v>45673</v>
       </c>
-      <c r="I98" s="1" t="s">
+      <c r="I102" s="1" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
@@ -4738,68 +4963,71 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{486189E2-2AF1-4DCB-A281-CA46E0B54117}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E9A09E9-6DF1-4907-94FB-1C58AA548B45}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED033C4E-28A3-4116-9634-5B73CF0057E8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12EBBFF6-D19D-4C25-87ED-22CF83C4E0FF}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A09C12A0-CA5B-4740-B76A-9AFF00E11C46}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD1FB908-37D2-4086-9E49-DF85323DF3A9}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TY24 Issues (Open &amp; Resolved)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Walker Teresa A</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>