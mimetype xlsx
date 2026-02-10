--- v0 (2025-11-04)
+++ v1 (2026-02-10)
@@ -1,205 +1,537 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://irsgov-my.sharepoint.com/personal/5vlpb_ds_irsnet_gov/Documents/Documents/WCMS Requests/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://irsgov-my.sharepoint.com/personal/yt2pb_ds_irsnet_gov/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DEB3EFF2-F668-49BC-B690-F36C80D266B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9AE5F97A-1DF5-4FDC-989B-7D539D54D154}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{D793CC0A-1764-49B6-AB7E-F28EF3B6AB66}"/>
+    <workbookView xWindow="-23610" yWindow="1185" windowWidth="18045" windowHeight="12480" xr2:uid="{01DCB5F2-A5DB-4A5A-BC0C-09A1B6401E9D}"/>
   </bookViews>
   <sheets>
     <sheet name="TY2025 Open&amp;Resolved" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="query" localSheetId="0" hidden="1">'TY2025 Open&amp;Resolved'!$A$2:$I$11</definedName>
+    <definedName name="query__4" localSheetId="0" hidden="1">'TY2025 Open&amp;Resolved'!$A$2:$I$49</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{E03648EF-9D48-44E3-8C9C-92C604B28EF7}" odcFile="C:\Users\yt2pb\Downloads\query.iqy" keepAlive="1" name="query" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
+  <connection id="1" xr16:uid="{1E4D4E7E-73A9-4A4B-A264-BB8FA7C51493}" odcFile="C:\Users\yt2pb\Downloads\query (4).iqy" keepAlive="1" name="query (4)" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
     <dbPr connection="Provider=Microsoft.Office.List.OLEDB.2.0;Data Source=&quot;&quot;;ApplicationName=Excel;Version=12.0.0.0" command="&lt;LIST&gt;&lt;VIEWGUID&gt;BE3CD7FE-56C5-43DA-B346-F3AF3C51206F&lt;/VIEWGUID&gt;&lt;LISTNAME&gt;bf94d2f3-cc54-4a0d-aa2e-491d6ee6fee9&lt;/LISTNAME&gt;&lt;LISTWEB&gt;https://irsgov.sharepoint.com/sites/e-file_front_office/_vti_bin&lt;/LISTWEB&gt;&lt;LISTSUBWEB&gt;&lt;/LISTSUBWEB&gt;&lt;ROOTFOLDER&gt;&lt;/ROOTFOLDER&gt;&lt;/LIST&gt;" commandType="5"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="292" uniqueCount="140">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Tax Year</t>
   </si>
   <si>
     <t>Form Type</t>
   </si>
   <si>
     <t>Issue Type</t>
   </si>
   <si>
     <t>Description of Issue</t>
   </si>
   <si>
     <t xml:space="preserve">Workaround </t>
   </si>
   <si>
     <t>Projected Resolution Date</t>
   </si>
   <si>
     <t>Date Resolved</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Form 720</t>
   </si>
   <si>
     <t>Schema, Stylesheet, and Business Rules</t>
   </si>
   <si>
     <t xml:space="preserve">For Form 720, Quarter 1-4, the schema has been updated to reflect the update on IRS No. 106 arrow shafts for the inflation $0.63. The stylesheet has not been updated to reflect the new enumeration. Form 720 Schedule C Lines 12a-12c and 13a-13i have all been reserved for future use, the schema does not reflect these changes, and the stylesheet has not been updated. </t>
   </si>
   <si>
     <t>For Form 720 Schedule C Lines 12a-12c and 13a-13i, Business Rule F720-200 has been enabled to block these lines from having any entry. The Form 720 stylesheet will be updated by October 2025.</t>
   </si>
   <si>
+    <t>RESOLVED</t>
+  </si>
+  <si>
+    <t>Form 1040 (SCH EIC)</t>
+  </si>
+  <si>
+    <t>Business Rules</t>
+  </si>
+  <si>
+    <t>Self-Only Earned Income Credit filers who qualify with a dependent that has an Adoption Taxpayer Identification Number or Individual Taxpayer Identification Number cannot enter this number on Line 2 of Schedule EIC without triggering Business Rules SEIC-F1040-001-02 and SEIC-F1040-539-03.</t>
+  </si>
+  <si>
+    <t>If taxpayers are using a dependent that has an Adoption Taxpayer Identification Number or Individual Taxpayer Identification Number to qualify for the Self-Only EIC per the instructions, they should leave Line 2 of Schedule EIC blank at this time.</t>
+  </si>
+  <si>
     <t>OPEN</t>
   </si>
   <si>
-    <t>Form 1040 (SCH EIC)</t>
-[...10 lines deleted...]
-  <si>
     <t>Form 7211</t>
   </si>
   <si>
     <t>Schema</t>
   </si>
   <si>
     <t>Form 7211 was included in the ReturnData schema and was not included in the ReturnDataOtherType schema.</t>
   </si>
   <si>
-    <t>Please submit the Form 7211 as a PDF when filing a consolidated return. Schema fix will be implemented in January 2026.</t>
+    <t>Please submit the Form 7211 as a PDF when filing a consolidated return. Schema fix will be implemented in June 2026.</t>
   </si>
   <si>
     <t>Form 1040</t>
   </si>
   <si>
     <t>Tax Year 2025 Form 1040 schema version 2025v2.0 does not include the 1040-SR Indicator. It will be restored in Tax Year 2025 Form 1040 schema version 2025v3.0.</t>
   </si>
   <si>
     <t xml:space="preserve">No impact at this time. </t>
   </si>
   <si>
-    <t>RESOLVED</t>
-[...1 lines deleted...]
-  <si>
     <t>Form 2290 (SCH 1)</t>
   </si>
   <si>
     <t>Stylesheet</t>
   </si>
   <si>
     <t xml:space="preserve">The file size of the Schedule 1 (Form 2290) with the IRS watermark is substantially larger than prior years. </t>
   </si>
   <si>
     <t>No workaround needed.</t>
   </si>
   <si>
     <t>Form 7004</t>
   </si>
   <si>
     <t>Business Rule (BR) F7004‐904‐01 is rejecting Form 7004 filed using form code 08 for Form 1042. Form 1042 is always filed on calendar year basis (Jan‐Dec). Rejections occur when the entity's account shows a fiscal year month other than December (from a corporation, partnership or trust) which conflicts with the calendar year requirement for Form 1042.</t>
   </si>
   <si>
     <t>Use the fiscal year month on record for the entity (corporation, partnership or trust) This ensures that the tax period ending date on Form 7004 matches the entity's established fiscal year and prevents rejections.</t>
   </si>
   <si>
     <t>Form 1040 (SCH D)</t>
   </si>
   <si>
     <t>On 1040 Form Schedule D Line 16 and Line 21. The line reference for "Form 1040, 1040-SR, or 1040-NR" have been updated from line 7 to line 7a.</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>Form 1041</t>
   </si>
   <si>
     <t>Line 25b the text has been revised - it has been added that the amount for line 25b will be from Form 1062, line 15. The new line 15 from Form 1062 is the first installment due, which will equal 25% of Form 1062, line 15.  Schedule G, line 18c has also been changed - we added that the amount to be entered is from Form 1062, line 14. The new line 14 from Form 1062 is the total (100%) section 1062 applicable net tax liability.</t>
   </si>
   <si>
     <t>Currently, it is not possible to report the deferred tax from line 9c of Form 8621 to line 24 of Form 1040 for MeF filers.</t>
   </si>
   <si>
     <t>We recommend reporting the taxes from Form 8621, line 9c by utilizing a General Dependency Small to clarify the discrepancy in the total tax. Input "Line24" in the FormLineOrInstructionRefTxt element. Enter the negative amount enclosed in parentheses in the Desc element. Provide the explanation in the AttachmentInformationSmllDesc element.</t>
+  </si>
+  <si>
+    <t>Form 1120 (SCH N)</t>
+  </si>
+  <si>
+    <t>Schema and Stylesheet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schedule N (Form 1120) Line 1c changing. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schedule N (Form 1120) Line 1c will be reworded and no longer have Foreign Partnerships. Use U.S. or Controlled Foreign Corporations instead, if applicable. </t>
+  </si>
+  <si>
+    <t>Form 1310</t>
+  </si>
+  <si>
+    <t>Stylesheet changes due to TF&amp;P.  There are differences between e-file and paper versions, involving the revision date. No action is needed by the taxpayer.</t>
+  </si>
+  <si>
+    <t>No workaround currently. This will be updated in a later release.</t>
+  </si>
+  <si>
+    <t>Form 1040 Schedule D Business Rules are being modified for the following: SD-F1040-006-01, SD-F1040-007-01, SD-F1040-008-01, SD-F1040-009-01, SD-F1040-010-01, and SD-F1040-011-01.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">These Business Rules will be updated in a future SOR package. </t>
+  </si>
+  <si>
+    <t>Form 1040-NR</t>
+  </si>
+  <si>
+    <t>Form 1040-NR line 14 verbiage is incorrect. Currently reads "Add lines 12 and 13c".  Line 14 should read "Add lines 12 through 13c".</t>
+  </si>
+  <si>
+    <t>Form 8283</t>
+  </si>
+  <si>
+    <t>Form 8283 Business Rule F8283-043 is being modified.</t>
+  </si>
+  <si>
+    <t>The Business Rule F8283-043 will be updated in a future SOR package.</t>
+  </si>
+  <si>
+    <t>Text on Form 1040 Schedule EIC line 5, Child’s relationship to you. There are differences between e-file and paper versions. No action is needed by the taxpayer and there is no impact to processing Schedule EIC.</t>
+  </si>
+  <si>
+    <t>None</t>
+  </si>
+  <si>
+    <t>Form 4136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Multiple problems found in Schema. Elements were placed in groups which prevented them from creating the correct number of occurrences.  This was also affecting multiple Business rules.
+ </t>
+  </si>
+  <si>
+    <t>The submission of Form 4136 claims for TY2025 will be blocked until programing is updated sometime in February of 2026.</t>
+  </si>
+  <si>
+    <t>Form 1116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Business Rule F1116-007-01 states that lines 25-32 must be equal to zero if an amount is entered if only one Form 1116 is attached. The revised TY2025 instructions state lines 25-32 must now be completed even when filing only one Form 1116. Taxpayers filing one Form 1116 are now required to have entries on these lines which will trigger the rule and reject returns erroneously. </t>
+  </si>
+  <si>
+    <t>The business rule has been disabled to prevent erroneous rejects. The rule is being modified for consistency with the TY2025 instructions.</t>
+  </si>
+  <si>
+    <t>Form 1040 (SCH SE)</t>
+  </si>
+  <si>
+    <t>Stylesheet updates for Cost of Living (COLA) adjustments.   There are differences between e-file and paper versions involving COLA for lines 7, 8a 14, 15 and Part II Optional Methods.  No action is needed by the taxpayer.</t>
+  </si>
+  <si>
+    <t>Multiple</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R0000-243 requiring pdfs for converted from paper returns was published in multiple rule packages in error.  </t>
+  </si>
+  <si>
+    <t>Disregard business rule R0000-243.  It should not have been published in the rules package.  It is for internal use only.</t>
+  </si>
+  <si>
+    <t>Form 1040-SS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">For Tax Year 2025, the Spanish version of Form 1040-SS (SP) is currently displaying outdated stylesheet and line details from Tax Year 2024. To view the correct information, users must switch to the English version of Form 1040-SS using the toggle button.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">No impact at this time. The Stylesheet will be updated in a later release.
+</t>
+  </si>
+  <si>
+    <t>Form 8865</t>
+  </si>
+  <si>
+    <t>Form 8964 is unavailable for Tax Year 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Line 8b should not be used.  Disregard this line and complete the rest of the Form as usual. </t>
+  </si>
+  <si>
+    <t>Form 4562</t>
+  </si>
+  <si>
+    <t>Schema has all elements required in the GDS50YearPropertyGrp section. Schema to change and be updated to correct this so it will match the ADS50YearProperty section.</t>
+  </si>
+  <si>
+    <t>Enter 0 for all required elements if applicable within the GDS50YearPropertyGrp section.</t>
+  </si>
+  <si>
+    <t>Two elements — PensionsAnnuitiesOtherTypeTxt and OtherIRATypeTxt — currently require a fixed length of 50 characters in the TY2025 Form 1040 schema.</t>
+  </si>
+  <si>
+    <t>To ensure the schema passes validation when using these elements, please use the following workaround:
+Fill the remaining space with periods (dots) so the total length equals 50 characters.
+Example: If the text is “Pension example”, enter it as:  Pension example……………………………..
+This update will be released as a minor schema version. If Software Developers choose not to use the minor schema version to update programming, then the workaround must be used until 1/2/2027 or until a later major version requires a programming update.</t>
+  </si>
+  <si>
+    <t>Form 5695</t>
+  </si>
+  <si>
+    <t>Submission are being rejected by Business Rule X0000-005 with Form 5695 attached when a QMID contains letters I and/or O.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taxpayers filing Form 5695 for Tax Year 2025, with a QMID containing letters I and/or O, should leave those QMID fields blank on the Form 5695 and attach to the return a binary attachment or [GeneralDependencySmall] with the description beginning with "Substantiate QMID". Provide the following in the statement: 1.) QMID provided by the qualified manufacturer. 2.) Cost associated. 3.) The line reference and small description for each item of specified property placed into service in 2025. This will allow for the IRS to accept such returns electronically.  
+Please be aware that this may result in delays in processing the return, which can delay the refund.
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRS5695 schema does not allow QMID fields to contain letters I and/or O. </t>
+  </si>
+  <si>
+    <t>Form 5471</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The second part of line 3b of Form 5471, Schedule G currently reads: If "Yes," enter number of Forms 8964 attached to Form 5471. The correct Form is 8964-TRA. The schema and stylesheet have not been updated to reflect this change. </t>
+  </si>
+  <si>
+    <t>Please enter the number of Forms 8964-TRA attached to Form 5471. The Stylesheet and Schema will be updated in a later release.</t>
+  </si>
+  <si>
+    <t>The SpecialConditionTxt uses a new e-File Type SpecialConditionTextType.
+Currently, the SpecialConditionTextType is an AlphaNumeric e-file type which will only allow alpha-numeric characters with no spaces.
+Caution: If spaces are used, then the return will fail schema validation.</t>
+  </si>
+  <si>
+    <t>The e-file Type SpecialConditionTextType will change from an AlphaNumeric to Text2Type to allow spaces.
+SpecialConditionTxt will be modified to allow up to 30 characters. Until the schema update is delivered, input the text as a single string with no spaces.</t>
+  </si>
+  <si>
+    <t>The SpecialConditionTxt uses a new e-File Type SpecialConditionTextType. Currently, the SpecialConditionTextType is an AlphaNumeric e-file type which will only allow alpha-numeric characters with no spaces. Caution: If spaces are used, then the return will fail schema validation.</t>
+  </si>
+  <si>
+    <t>The e-file Type SpecialConditionTextType will change from an AlphaNumeric to Text2Type to allow spaces. SpecialConditionTxt will be modified to allow up to 30 characters. Until the schema update is delivered, input the text as a single string with no spaces.</t>
+  </si>
+  <si>
+    <t>Form 4255</t>
+  </si>
+  <si>
+    <t>Part II, Lines 18-20 were included in group ’CrtnCrRcptrExPymtPnltyPropGrp’ in error.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">List only one total amount per line.  The total amount listed on Line 18 should be the sum of all instances of Columns A-D, Line 9.  The total amount listed on Line 19 should be the sum of all instances of Columns A-D, Line 16. Line 20 should include the sum of Line 18 and Line 19. See instructions for details. The schema will be updated in a later release to remove Lines 18-20 from the group. 
+</t>
+  </si>
+  <si>
+    <t>Form 5329</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schema 5.0 for Form 5329 now contains a new exception to the additional tax
+on early distributions (Exception 24). However, this exception is not listed
+in the latest draft instructions for Form 5329.
+</t>
+  </si>
+  <si>
+    <t>Exception Code 24 should be used only when there is a qualifying distribution that is applied to the purchase of a long-term care contract, and only if that purchase occurs after December 29, 2025, through December 31, 2025.</t>
+  </si>
+  <si>
+    <t>Form 8824</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The IRS8824 schema currently uses USAmountNNType for the “RealizedGainOrLossAmt” element (Line 19). Because USAmountNNType prohibits negative amounts, the schema prevents customers from entering a negative realized gain or loss.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If the value for the “RealizedGainOrLossAmt” element (Line 19) results in a negative amount, the field must be left blank due to the schema restriction (USAmountNNType does not allow negative entries).
+When calculating Line 20, users should still determine the correct value by using the smaller of Line 15 or the actual calculated Line 19 amount (including negative values). Enter the appropriate result on Line 20, following the form instruction: “Enter the smaller of line 15 or line 19, but not less than zero.”
+</t>
+  </si>
+  <si>
+    <t>Taxpayers are not completing Form 5329 Part IX Lines 54a/54b correctly when requesting a waiver of tax under reasonable cause.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If you are requesting a waiver of the additional tax due to reasonable cause (“RC”) on Form 5329, Part IX for Lines 54a and/or 54b, the “RC” amount must be the only distribution shortfall you want the IRS to waive. It should not include any tax.
+After identifying the shortfall amount you want waived:
+Enter “RC” and that shortfall amount on the dotted line next to Lines 54a and/or 54b.
+Subtract the RC amount from the total shortfall you originally calculated.
+This remaining amount is the portion that may be subject to the 10% or 25% additional tax, depending on your situation. After, you multiply the remaining amount by 10% or 25%, enter the result on Lines 54a and/or 54b, as applicable.
+In other words:
+List only the shortfall you want waived as “RC,” subtract it from your total shortfall, and the amount left over—if any—is the part that may be taxed.
+</t>
+  </si>
+  <si>
+    <t>Form 8621</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+The Form 8621 schema element, “FunctionalCurrencyCode” currently requires “Min” of 1, which means Part V must be completed even when not applicable to the filer. We are working on changing the schema. Until the schema updates have been made, we created a workaround
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+If a customer is required to file Form 8621 but not required to complete Part V, please enter “USD” in the Functional Currency Code field and 0’s or blanks in other Part V fields.
+</t>
+  </si>
+  <si>
+    <t>The IRS will begin accepting business tax returns at 9 a.m. Eastern on January 13, 2026.  
+The following business tax returns will be available to file in MEF on January 18, 2026:   
+Form 1042  Annual Withholding Tax Return for U.S. Source Income of Foreign Persons; 
+Form 1120-H  U.S. Income Tax Return for Homeowners Associations; 
+Form 709 United States Gift (and Generation-Skipping Transfer) Tax Return; 
+Form 709-NA United States Estate (and Generation-Skipping Transfer) Tax Return Estate of nonresident not a citizen of the United States;  
+Form 1041 U.S. Income Tax Return for Estates and Trusts.</t>
+  </si>
+  <si>
+    <t>File the return after January 18, 2026.</t>
+  </si>
+  <si>
+    <t>Form 1120-S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paycheck Protection Program (PPP) will be removed from Form 1120-S instructions. </t>
+  </si>
+  <si>
+    <t>Form 1120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paycheck Protection Program (PPP) will be removed from Form 1120 instructions. </t>
+  </si>
+  <si>
+    <t>Form 8849</t>
+  </si>
+  <si>
+    <t>The Form 8849 is being rejected by business rule X0000-005 when an amount with a decimal is input on Line 1a, Total refund.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leave line 1a blank. The schema will be updated in a later release. </t>
+  </si>
+  <si>
+    <t>Form 4868</t>
+  </si>
+  <si>
+    <t>Form 4868 displays Tax Year 2024 vs Tax Year 2025 in the Return Request and Display (RRD). The changes are discrepancies displayed in the RRD only and will not impact the processing of the form for Tax Year 2025.</t>
+  </si>
+  <si>
+    <t>Form 8915-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Current Business Rules have the Tax Year 2024 and need to be corrected to show Tax Year 2025.
+F8915F-001	"Form 8915-F, 'CalendarYrDisasterCd' must not have the value [ ""2025""�or ""2026"" or ""2027"" ] for a return filed for Tax Year 2024."
+F8915F-002	"Form 8915-F, 'TaxYearFilingFormCd' must not have the value [ ""2025"" or ""2026"" or ""2027"" or ""2028"" ] for a return filed for Tax Year 2024."
+ </t>
+  </si>
+  <si>
+    <t>Business Rules F8915F-001 and F8915F-002 have been disabled.</t>
+  </si>
+  <si>
+    <t>For Tax Year 2025, the Form 5329 is currently displaying outdated stylesheet and line details from Tax Year 2024. This is a display issue only and does not affect how returns are submitted, accepted, or processed. All tax information remains accurate and there is no impact to tax processing.</t>
+  </si>
+  <si>
+    <t>No impact at this time, no workaround needed. The Stylesheet will be updated in a future release.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRS8621 schema currently uses USAmountNNType for Part V, Line 15f. USAmountNNType does not allow negative amounts, preventing Form 8621 filers from entering a negative gain or loss.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Form 8621 filers do not have to calculate additional tax or interest if amount is negative (although negative amount should be shown on applicable lines). If negative amount is necessary, leave field blank until schema update to efile type is implemented. </t>
+  </si>
+  <si>
+    <t>Form 1040-X</t>
+  </si>
+  <si>
+    <t>The schema element 'TotalAdditionalDeductionsAmt' in the 'NetChangeOrigRptOrPrevAdjGrp' was programmed as USAmountNNType when a negative number could be expected.</t>
+  </si>
+  <si>
+    <t>A zero can be entered when a negative number is needed until the schema is corrected.</t>
+  </si>
+  <si>
+    <t>Form 8919</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Form 8919 displays Tax Year 2024 vs Tax Year 2025 in the Return Request and Display (RRD). The changes are discrepancies displayed in the RRD only and will not impact the processing of the form for Tax Year 2025. </t>
+  </si>
+  <si>
+    <t>No impact at this time.</t>
+  </si>
+  <si>
+    <t>Schema and Business Rules</t>
+  </si>
+  <si>
+    <t>Business Rule F5695-045-01 will set if 'QlfyEnergyPropCostsUSHomeInd' and/or 'OriginallyPlacedInServiceInd' has a choice of "No" or is left blank and any entry, including zero, is present in elements 'QualifiedEnergyPropertyAddress', 'CentralAirCondCostStdPctCrAmt', 'NatGasPrpnOilWtrHtrStdPctCrAmt', 'NatGasPrpnOilHotWtrBlrPctAmt', 'PanelboardCktFeederStdPctCrAmt', and 'HtPumpWtrHeaterBmssStdPctCrAmt'.</t>
+  </si>
+  <si>
+    <t>If 'QlfyEnergyPropCostsUSHomeInd' and/or 'OriginallyPlacedInServiceInd' has a choice of "No" or is left blank, then the taxpayer cannot claim the credit for Residential Energy Property costs and should leave lines 22 through 25 and line 29 blank.</t>
+  </si>
+  <si>
+    <t>Form 4136, Business Rule F4136-137 has been disabled and it's being modified.  Rule F4136-137, If Form 4136, 'QlfyBusinessActivitiesCnt' has a value, then it must be equal to the number of all binary attachments with description "Schedule A (F4136)" attached to the return.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Business Rule F4136-137 will be updated and re-enable in a future SOR package. </t>
+  </si>
+  <si>
+    <t>Form 1065</t>
+  </si>
+  <si>
+    <t>The Form 1065 will show Schedule B, Line 13b as "Reserved for future use".  However, MeF Stylesheets and schema reflect a question and element name for this line.</t>
+  </si>
+  <si>
+    <t>Disregard the Form 1065, Schedule B, line 13b question Schema and stylesheet in MeF</t>
+  </si>
+  <si>
+    <t>Form 3800 (SCH A)</t>
+  </si>
+  <si>
+    <t>Several Form 3800 Business rules require a binary attachment named “Transfer Election Statement”. That statement has been replaced with Form 3800 Sch A, which is available to include as a PDF for tax year 2025. The rules have not been updated to change the binary attachment name.</t>
+  </si>
+  <si>
+    <t>When attaching Form 3800 Sch A as a PDF for tax year 2025, continue to use binary attachment description “Transfer Election Statement”. The rules will be updated to reference the Form 3800 Sch A for next tax year.</t>
   </si>
   <si>
     <t>Known Issues and Solutions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -720,150 +1052,150 @@
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
+      <font>
+        <color auto="1"/>
+        <family val="2"/>
+      </font>
+    </dxf>
+    <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
-    <dxf>
-[...4 lines deleted...]
-    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="query" backgroundRefresh="0" connectionId="1" xr16:uid="{A15A816F-21EE-4A42-AF60-9B0949352C2E}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="query (4)" backgroundRefresh="0" connectionId="1" xr16:uid="{0561D71B-9E91-466C-A157-2B11A713769A}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="20">
     <queryTableFields count="9">
       <queryTableField id="1" name="Date" tableColumnId="2"/>
       <queryTableField id="2" name="Tax Year" tableColumnId="3"/>
       <queryTableField id="4" name="Form Type" tableColumnId="5"/>
       <queryTableField id="5" name="Issue Type" tableColumnId="6"/>
       <queryTableField id="7" name="Description of Issue" tableColumnId="8"/>
       <queryTableField id="8" name="Workaround " tableColumnId="9"/>
       <queryTableField id="9" name="Projected Resolution Date" tableColumnId="10"/>
       <queryTableField id="10" name="Date Resolved" tableColumnId="11"/>
       <queryTableField id="17" name="Status" tableColumnId="15"/>
     </queryTableFields>
     <queryTableDeletedFields count="10">
       <deletedField name="KIS Item ID"/>
       <deletedField name="POC"/>
       <deletedField name="Source"/>
       <deletedField name="Incident Number"/>
       <deletedField name="UWR Number"/>
       <deletedField name="Notes"/>
       <deletedField name="Branch"/>
       <deletedField name="Branch Section"/>
       <deletedField name="Item Type"/>
       <deletedField name="Path"/>
     </queryTableDeletedFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{0B0AD1B6-3D80-452D-B458-3C378C80957A}" name="Table_query" displayName="Table_query" ref="A2:I11" tableType="queryTable" totalsRowShown="0" headerRowDxfId="9">
-[...2 lines deleted...]
-    <sortCondition ref="I2:I11"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{C26D1D2D-9506-4936-9F2A-4A81C6B385CD}" name="Table_query__4" displayName="Table_query__4" ref="A2:I49" tableType="queryTable" totalsRowShown="0" headerRowDxfId="0">
+  <autoFilter ref="A2:I49" xr:uid="{C26D1D2D-9506-4936-9F2A-4A81C6B385CD}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:I49">
+    <sortCondition ref="I2:I49"/>
   </sortState>
   <tableColumns count="9">
-    <tableColumn id="2" xr3:uid="{ACA32E6F-7C75-435F-8FC1-901898B5CC73}" uniqueName="Date" name="Date" queryTableFieldId="1" dataDxfId="8"/>
-[...7 lines deleted...]
-    <tableColumn id="15" xr3:uid="{4752F063-10D0-4CB0-A15B-F0F7512CC998}" uniqueName="Status" name="Status" queryTableFieldId="17" dataDxfId="0"/>
+    <tableColumn id="2" xr3:uid="{EC4A6D92-2282-468D-9E68-8A5F0158F2C7}" uniqueName="Date" name="Date" queryTableFieldId="1" dataDxfId="9"/>
+    <tableColumn id="3" xr3:uid="{3E93ED41-266F-4CC3-BF37-59A7741657C4}" uniqueName="TaxYear" name="Tax Year" queryTableFieldId="2" dataDxfId="8"/>
+    <tableColumn id="5" xr3:uid="{F566EA79-F109-46C7-84AE-7AB2F52D3965}" uniqueName="FormType" name="Form Type" queryTableFieldId="4" dataDxfId="7"/>
+    <tableColumn id="6" xr3:uid="{7F36D581-8923-47D2-AD1F-C599B8733806}" uniqueName="IssueType" name="Issue Type" queryTableFieldId="5" dataDxfId="6"/>
+    <tableColumn id="8" xr3:uid="{FF8181FD-68A8-46A5-AB72-539D13D3EA4D}" uniqueName="DescriptionofIssue" name="Description of Issue" queryTableFieldId="7" dataDxfId="5"/>
+    <tableColumn id="9" xr3:uid="{64E3176E-02D9-4A04-A634-FA44D984319C}" uniqueName="Workaround" name="Workaround " queryTableFieldId="8" dataDxfId="4"/>
+    <tableColumn id="10" xr3:uid="{AFF2E36C-35C4-4B6A-B4A3-9572E9EAC5ED}" uniqueName="ProjectedResolutionDate" name="Projected Resolution Date" queryTableFieldId="9" dataDxfId="3"/>
+    <tableColumn id="11" xr3:uid="{2C7FE3ED-D5C4-4BF4-A937-959A3DDB730E}" uniqueName="DateResolved" name="Date Resolved" queryTableFieldId="10" dataDxfId="2"/>
+    <tableColumn id="15" xr3:uid="{758A35CF-D17A-4088-B2D1-8AD8DB57096F}" uniqueName="Status" name="Status" queryTableFieldId="17" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1145,394 +1477,1417 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DB67CB71-FCF5-4288-AE80-30A64156E67C}">
-  <dimension ref="A1:K11"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64F406A7-4FB2-4200-9FCF-C15C3D57EB2E}">
+  <dimension ref="A1:K49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:XFD1"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="81.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="27.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.5703125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="26.25" x14ac:dyDescent="0.4">
       <c r="A1" s="6" t="s">
-        <v>41</v>
+        <v>139</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
       <c r="G1" s="7"/>
       <c r="H1" s="7"/>
       <c r="I1" s="7"/>
       <c r="J1" s="7"/>
       <c r="K1" s="7"/>
     </row>
     <row r="2" spans="1:11" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
-        <v>45945</v>
+        <v>46050</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>39</v>
+        <v>137</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>40</v>
+        <v>138</v>
       </c>
       <c r="G3" s="2">
-        <v>47120</v>
+        <v>46388</v>
       </c>
       <c r="H3" s="2"/>
       <c r="I3" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
-        <v>45929</v>
+        <v>46049</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>37</v>
+        <v>133</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>38</v>
+        <v>134</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>36</v>
+        <v>135</v>
       </c>
       <c r="G4" s="2">
-        <v>46112</v>
+        <v>46388</v>
       </c>
       <c r="H4" s="2"/>
       <c r="I4" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:11" ht="30" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
-        <v>45925</v>
+        <v>46044</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>35</v>
+        <v>126</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
       <c r="G5" s="2">
-        <v>46389</v>
+        <v>46112</v>
       </c>
       <c r="H5" s="2"/>
       <c r="I5" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
-        <v>45909</v>
+        <v>46044</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>16</v>
+        <v>128</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>32</v>
+        <v>129</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>33</v>
+        <v>130</v>
       </c>
       <c r="G6" s="2">
-        <v>46022</v>
+        <v>46194</v>
       </c>
       <c r="H6" s="2"/>
       <c r="I6" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:11" ht="30" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
-        <v>45863</v>
+        <v>46044</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>29</v>
+        <v>131</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>30</v>
+        <v>132</v>
       </c>
       <c r="G7" s="2">
-        <v>46203</v>
+        <v>46388</v>
       </c>
       <c r="H7" s="2"/>
       <c r="I7" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:11" ht="30" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
-        <v>45806</v>
+        <v>46043</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>19</v>
+        <v>122</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>21</v>
+        <v>123</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>22</v>
+        <v>124</v>
       </c>
       <c r="G8" s="2">
-        <v>46023</v>
+        <v>46110</v>
       </c>
       <c r="H8" s="2"/>
       <c r="I8" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
-        <v>45786</v>
+        <v>46042</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G9" s="2">
-        <v>46388</v>
+        <v>46112</v>
       </c>
       <c r="H9" s="2"/>
       <c r="I9" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
-        <v>45729</v>
+        <v>46042</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>10</v>
+        <v>93</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>12</v>
+        <v>118</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="G10" s="2">
-        <v>45961</v>
+        <v>46388</v>
       </c>
       <c r="H10" s="2"/>
       <c r="I10" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+      <c r="A11" s="2">
+        <v>46042</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="G11" s="2">
+        <v>46356</v>
+      </c>
+      <c r="H11" s="2"/>
+      <c r="I11" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="2">
+        <v>46037</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="G12" s="2">
+        <v>46388</v>
+      </c>
+      <c r="H12" s="2"/>
+      <c r="I12" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="2">
+        <v>46037</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="G13" s="2">
+        <v>46388</v>
+      </c>
+      <c r="H13" s="2"/>
+      <c r="I13" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="A14" s="2">
+        <v>46037</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="F14" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="G14" s="2">
+        <v>46418</v>
+      </c>
+      <c r="H14" s="2"/>
+      <c r="I14" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="A15" s="2">
+        <v>46029</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="G15" s="2">
+        <v>46388</v>
+      </c>
+      <c r="H15" s="2"/>
+      <c r="I15" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+      <c r="A16" s="2">
+        <v>46022</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="G16" s="2">
+        <v>46081</v>
+      </c>
+      <c r="H16" s="2"/>
+      <c r="I16" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="270" x14ac:dyDescent="0.25">
+      <c r="A17" s="2">
+        <v>46009</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="F17" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="G17" s="2">
+        <v>46388</v>
+      </c>
+      <c r="H17" s="2"/>
+      <c r="I17" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="120" x14ac:dyDescent="0.25">
+      <c r="A18" s="2">
+        <v>46003</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="G18" s="2">
+        <v>46142</v>
+      </c>
+      <c r="H18" s="2"/>
+      <c r="I18" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A19" s="2">
+        <v>45995</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G19" s="2">
+        <v>46110</v>
+      </c>
+      <c r="H19" s="2"/>
+      <c r="I19" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A20" s="2">
+        <v>45995</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="G20" s="2">
+        <v>46110</v>
+      </c>
+      <c r="H20" s="2"/>
+      <c r="I20" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="105" x14ac:dyDescent="0.25">
+      <c r="A21" s="2">
+        <v>45995</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="F21" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="G21" s="2">
+        <v>46418</v>
+      </c>
+      <c r="H21" s="2"/>
+      <c r="I21" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="2">
+        <v>45994</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="G22" s="2">
+        <v>46391</v>
+      </c>
+      <c r="H22" s="2"/>
+      <c r="I22" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="150" x14ac:dyDescent="0.25">
+      <c r="A23" s="2">
+        <v>45992</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="F23" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="G23" s="2">
+        <v>46110</v>
+      </c>
+      <c r="H23" s="2"/>
+      <c r="I23" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="150" x14ac:dyDescent="0.25">
+      <c r="A24" s="2">
+        <v>45992</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="G24" s="2">
+        <v>46110</v>
+      </c>
+      <c r="H24" s="2"/>
+      <c r="I24" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="135" x14ac:dyDescent="0.25">
+      <c r="A25" s="2">
+        <v>45986</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="G25" s="2">
+        <v>46075</v>
+      </c>
+      <c r="H25" s="2"/>
+      <c r="I25" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="2">
+        <v>45985</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="F26" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="G26" s="2">
+        <v>46388</v>
+      </c>
+      <c r="H26" s="2"/>
+      <c r="I26" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="2">
+        <v>45985</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F27" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="G27" s="2">
+        <v>46055</v>
+      </c>
+      <c r="H27" s="2"/>
+      <c r="I27" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A28" s="2">
+        <v>45981</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="G28" s="2">
+        <v>46072</v>
+      </c>
+      <c r="H28" s="2"/>
+      <c r="I28" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="75" x14ac:dyDescent="0.25">
+      <c r="A29" s="2">
+        <v>45981</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="F29" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="G29" s="2">
+        <v>46112</v>
+      </c>
+      <c r="H29" s="2"/>
+      <c r="I29" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="2">
+        <v>45978</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="F30" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="G30" s="2">
+        <v>46112</v>
+      </c>
+      <c r="H30" s="2"/>
+      <c r="I30" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="75" x14ac:dyDescent="0.25">
+      <c r="A31" s="2">
+        <v>45975</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F31" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="G31" s="2">
+        <v>46081</v>
+      </c>
+      <c r="H31" s="2"/>
+      <c r="I31" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A32" s="2">
+        <v>45974</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="F32" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="G32" s="2">
+        <v>46068</v>
+      </c>
+      <c r="H32" s="2"/>
+      <c r="I32" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="2">
+        <v>45967</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G33" s="2">
+        <v>46388</v>
+      </c>
+      <c r="H33" s="2"/>
+      <c r="I33" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A34" s="2">
+        <v>45967</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G34" s="2">
+        <v>46112</v>
+      </c>
+      <c r="H34" s="2"/>
+      <c r="I34" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A35" s="2">
+        <v>45960</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F35" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="G35" s="2">
+        <v>46112</v>
+      </c>
+      <c r="H35" s="2"/>
+      <c r="I35" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A36" s="2">
+        <v>45951</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F36" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G36" s="2">
+        <v>46388</v>
+      </c>
+      <c r="H36" s="2"/>
+      <c r="I36" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="75" x14ac:dyDescent="0.25">
+      <c r="A37" s="2">
+        <v>45945</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F37" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G37" s="2">
+        <v>47120</v>
+      </c>
+      <c r="H37" s="2"/>
+      <c r="I37" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="75" x14ac:dyDescent="0.25">
+      <c r="A38" s="2">
+        <v>45929</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F38" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G38" s="2">
+        <v>46112</v>
+      </c>
+      <c r="H38" s="2"/>
+      <c r="I38" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A39" s="2">
+        <v>45925</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F39" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G39" s="2">
+        <v>46389</v>
+      </c>
+      <c r="H39" s="2"/>
+      <c r="I39" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="2">
+        <v>45863</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F40" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="G40" s="2">
+        <v>46203</v>
+      </c>
+      <c r="H40" s="2"/>
+      <c r="I40" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="2">
+        <v>45806</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F41" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G41" s="2">
+        <v>46203</v>
+      </c>
+      <c r="H41" s="2"/>
+      <c r="I41" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A42" s="2">
+        <v>45786</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F42" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="2">
+        <v>46388</v>
+      </c>
+      <c r="H42" s="2"/>
+      <c r="I42" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="135" x14ac:dyDescent="0.25">
+      <c r="A43" s="2">
+        <v>46042</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E43" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="F43" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="G43" s="2">
+        <v>46031</v>
+      </c>
+      <c r="H43" s="2">
+        <v>46031</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="30" x14ac:dyDescent="0.25">
-      <c r="A11" s="2">
+    <row r="44" spans="1:9" ht="135" x14ac:dyDescent="0.25">
+      <c r="A44" s="2">
+        <v>46027</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="F44" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="G44" s="2">
+        <v>46040</v>
+      </c>
+      <c r="H44" s="2">
+        <v>46040</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="2">
+        <v>45967</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F45" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="G45" s="2">
+        <v>46022</v>
+      </c>
+      <c r="H45" s="2">
+        <v>45985</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A46" s="2">
+        <v>45966</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E46" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="F46" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="G46" s="2">
+        <v>46022</v>
+      </c>
+      <c r="H46" s="2">
+        <v>45998</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A47" s="2">
+        <v>45909</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E47" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F47" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G47" s="2">
+        <v>46022</v>
+      </c>
+      <c r="H47" s="2">
+        <v>46022</v>
+      </c>
+      <c r="I47" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A48" s="2">
         <v>45819</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...8 lines deleted...]
-      <c r="E11" s="4" t="s">
+      <c r="B48" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="F11" s="4" t="s">
+      <c r="D48" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E48" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="G11" s="2">
+      <c r="F48" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="G48" s="2">
         <v>45883</v>
       </c>
-      <c r="H11" s="2">
+      <c r="H48" s="2">
         <v>45883</v>
       </c>
-      <c r="I11" s="1" t="s">
-        <v>26</v>
+      <c r="I48" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="75" x14ac:dyDescent="0.25">
+      <c r="A49" s="2">
+        <v>45729</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="2">
+        <v>45961</v>
+      </c>
+      <c r="H49" s="2">
+        <v>45964</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3d69fe45253d5ff147bb69036b756a7">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
@@ -1602,93 +2957,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65BB6DB0-634F-4818-8749-03AFC0D38804}">
-[...4 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{930CA67E-F5B8-4559-A6B9-4DE16AB57E0F}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{304F8E88-D946-4AE0-A052-E1375FCB817F}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9692388C-71A1-4E87-AA73-93364789C035}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{929154A9-8691-45CC-858B-783EE7E0A41F}">
-[...11 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA19484A-4CB8-4EBC-A6AA-71BAB68B29E6}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TY2025 Open&amp;Resolved</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rivera Gabriela</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>