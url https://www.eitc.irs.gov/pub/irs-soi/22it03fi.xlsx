--- v0 (2025-11-03)
+++ v1 (2026-02-09)
@@ -8,53 +8,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.207.90.93\groups\rsf\FRA\FTC\yr22\Tables\Final Tables for Tax Stats\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B166FDC0-7D38-4B4D-99A3-BCC7E0343416}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5976742-69DE-40F8-8557-15AAC9CC3361}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4155" yWindow="4155" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3216" yWindow="852" windowWidth="22320" windowHeight="9480" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="22it03fi" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'22it03fi'!$A$1:$B$17</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'22it03fi'!$A:$A,'22it03fi'!$1:$11</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -848,171 +848,171 @@
     </xf>
     <xf numFmtId="3" fontId="15" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="14" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="0" xfId="13" applyNumberFormat="1" applyFont="1" applyBorder="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="176" fontId="14" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="13" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...50 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="Asterick" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Asterick 2" xfId="29" xr:uid="{035046A7-30C5-4188-A643-BF847E852B32}"/>
     <cellStyle name="Asterick 3" xfId="16" xr:uid="{5FFB1D98-8D83-451C-9813-7FB35F608172}"/>
     <cellStyle name="Asterisk" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Asterisk 2" xfId="30" xr:uid="{0CA122C3-A656-432D-BD8B-0BEAA0C9DD3D}"/>
     <cellStyle name="Asterisk 3" xfId="17" xr:uid="{1ABC743C-5CB9-40E6-BC93-A5DD722B90FD}"/>
     <cellStyle name="CPL" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="CPL 2" xfId="31" xr:uid="{550F5094-88DE-4111-B32A-D568ADFAEA0B}"/>
     <cellStyle name="CPL 3" xfId="18" xr:uid="{0D5438DA-68BD-477B-A7EB-B4B99693E00F}"/>
     <cellStyle name="Dash Equals Zero" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Dash Equals Zero 2" xfId="32" xr:uid="{08877F12-D6FF-4232-AB91-F20B5C6A1DCF}"/>
     <cellStyle name="Dash Equals Zero 3" xfId="19" xr:uid="{D2F665F2-4B1B-4E74-80A9-17039AE359D9}"/>
     <cellStyle name="Disclosure" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="DLN" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="DLN 2" xfId="33" xr:uid="{57613B07-522F-4F68-A4EF-6D2BBA91193B}"/>
     <cellStyle name="DLN 3" xfId="20" xr:uid="{6D4FD11E-FF6D-4E3A-ACF9-84CBCED0C5FD}"/>
     <cellStyle name="Double Asterick" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Double Asterick 2" xfId="34" xr:uid="{94A810D7-CD5C-4C55-8B72-EE2A082CC3CA}"/>
     <cellStyle name="Double Asterick 3" xfId="21" xr:uid="{864E4EFE-5E8B-4115-A8E1-E6E1ADAE67E1}"/>
     <cellStyle name="Double Leading Asterisk" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Double Leading Asterisk 2" xfId="35" xr:uid="{BA667442-832F-4C7E-A72D-2614D972AC08}"/>
     <cellStyle name="Double Leading Asterisk 3" xfId="22" xr:uid="{5DBB6B95-31F7-4270-9F5E-9CE3CCBA7979}"/>
@@ -1326,365 +1326,363 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:AE32"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="14.7109375" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="14.6640625" defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="57" style="1" customWidth="1"/>
     <col min="2" max="2" width="9" style="2" customWidth="1"/>
-    <col min="3" max="3" width="14.7109375" style="2"/>
-[...3 lines deleted...]
-    <col min="8" max="8" width="14.7109375" style="2"/>
+    <col min="3" max="3" width="14.6640625" style="2"/>
+    <col min="4" max="4" width="14.5546875" style="2" customWidth="1"/>
+    <col min="5" max="6" width="14.6640625" style="2"/>
+    <col min="7" max="7" width="14.6640625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="14.6640625" style="2"/>
     <col min="9" max="9" width="12" style="2" customWidth="1"/>
-    <col min="10" max="12" width="14.7109375" style="2"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="12.85546875" style="2" customWidth="1"/>
+    <col min="10" max="12" width="14.6640625" style="2"/>
+    <col min="13" max="13" width="13.5546875" style="2" customWidth="1"/>
+    <col min="14" max="14" width="11.44140625" style="2" customWidth="1"/>
+    <col min="15" max="15" width="12.88671875" style="2" customWidth="1"/>
     <col min="16" max="16" width="11" style="2" customWidth="1"/>
-    <col min="17" max="17" width="10.42578125" style="2" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="26" max="26" width="13.5703125" style="2" customWidth="1"/>
+    <col min="17" max="17" width="10.44140625" style="2" customWidth="1"/>
+    <col min="18" max="18" width="11.44140625" style="2" customWidth="1"/>
+    <col min="19" max="20" width="14.6640625" style="2"/>
+    <col min="21" max="21" width="12.88671875" style="2" customWidth="1"/>
+    <col min="22" max="25" width="14.6640625" style="2"/>
+    <col min="26" max="26" width="13.5546875" style="2" customWidth="1"/>
     <col min="27" max="27" width="12" style="2" customWidth="1"/>
-    <col min="28" max="28" width="12.5703125" style="2" customWidth="1"/>
+    <col min="28" max="28" width="12.5546875" style="2" customWidth="1"/>
     <col min="29" max="31" width="2" style="2" customWidth="1"/>
-    <col min="32" max="16384" width="14.7109375" style="2"/>
+    <col min="32" max="16384" width="14.6640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:31" s="1" customFormat="1" ht="31.2" x14ac:dyDescent="0.25">
       <c r="A1" s="45" t="s">
         <v>45</v>
       </c>
       <c r="B1" s="14"/>
     </row>
-    <row r="2" spans="1:31" s="13" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:31" s="13" customFormat="1" ht="10.199999999999999" x14ac:dyDescent="0.2">
       <c r="A2" s="32" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="12"/>
     </row>
     <row r="3" spans="1:31" s="7" customFormat="1" ht="1.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6"/>
     </row>
     <row r="4" spans="1:31" s="4" customFormat="1" ht="0.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5"/>
     </row>
     <row r="5" spans="1:31" s="5" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="74" t="s">
+      <c r="A5" s="68" t="s">
         <v>35</v>
       </c>
-      <c r="B5" s="77" t="s">
+      <c r="B5" s="71" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="15" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="15"/>
       <c r="E5" s="15"/>
       <c r="F5" s="15"/>
       <c r="G5" s="15"/>
       <c r="H5" s="16"/>
       <c r="I5" s="15"/>
       <c r="J5" s="15"/>
       <c r="K5" s="15"/>
       <c r="L5" s="15"/>
       <c r="M5" s="16"/>
       <c r="N5" s="16"/>
       <c r="O5" s="16"/>
       <c r="P5" s="16"/>
       <c r="Q5" s="16"/>
       <c r="R5" s="16"/>
       <c r="S5" s="15"/>
       <c r="T5" s="16"/>
       <c r="U5" s="16"/>
       <c r="V5" s="16"/>
       <c r="W5" s="15"/>
       <c r="X5" s="15"/>
       <c r="Y5" s="15"/>
       <c r="Z5" s="15"/>
       <c r="AA5" s="16"/>
       <c r="AB5" s="16"/>
       <c r="AC5" s="21"/>
       <c r="AD5" s="21"/>
       <c r="AE5" s="21"/>
     </row>
     <row r="6" spans="1:31" s="5" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="75"/>
-[...1 lines deleted...]
-      <c r="C6" s="67" t="s">
+      <c r="A6" s="69"/>
+      <c r="B6" s="72"/>
+      <c r="C6" s="86" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="68"/>
-[...8 lines deleted...]
-      <c r="M6" s="89" t="s">
+      <c r="D6" s="87"/>
+      <c r="E6" s="87"/>
+      <c r="F6" s="87"/>
+      <c r="G6" s="87"/>
+      <c r="H6" s="87"/>
+      <c r="I6" s="87"/>
+      <c r="J6" s="87"/>
+      <c r="K6" s="87"/>
+      <c r="L6" s="87"/>
+      <c r="M6" s="66" t="s">
         <v>36</v>
       </c>
-      <c r="N6" s="90"/>
-[...3 lines deleted...]
-      <c r="R6" s="57" t="s">
+      <c r="N6" s="67"/>
+      <c r="O6" s="67"/>
+      <c r="P6" s="67"/>
+      <c r="Q6" s="67"/>
+      <c r="R6" s="52" t="s">
         <v>39</v>
       </c>
-      <c r="S6" s="51" t="s">
+      <c r="S6" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="T6" s="52"/>
-[...6 lines deleted...]
-      <c r="AA6" s="48" t="s">
+      <c r="T6" s="77"/>
+      <c r="U6" s="77"/>
+      <c r="V6" s="77"/>
+      <c r="W6" s="77"/>
+      <c r="X6" s="77"/>
+      <c r="Y6" s="77"/>
+      <c r="Z6" s="78"/>
+      <c r="AA6" s="73" t="s">
         <v>23</v>
       </c>
-      <c r="AB6" s="54" t="s">
+      <c r="AB6" s="79" t="s">
         <v>34</v>
       </c>
       <c r="AC6" s="22"/>
       <c r="AD6" s="22"/>
       <c r="AE6" s="22"/>
     </row>
     <row r="7" spans="1:31" s="5" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="75"/>
-[...1 lines deleted...]
-      <c r="C7" s="60" t="s">
+      <c r="A7" s="69"/>
+      <c r="B7" s="72"/>
+      <c r="C7" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="D7" s="57" t="s">
+      <c r="D7" s="52" t="s">
         <v>41</v>
       </c>
-      <c r="E7" s="60" t="s">
+      <c r="E7" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="F7" s="60" t="s">
+      <c r="F7" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="60" t="s">
+      <c r="G7" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="H7" s="54" t="s">
+      <c r="H7" s="79" t="s">
         <v>3</v>
       </c>
-      <c r="I7" s="60" t="s">
+      <c r="I7" s="49" t="s">
         <v>16</v>
       </c>
-      <c r="J7" s="57" t="s">
+      <c r="J7" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="K7" s="57" t="s">
+      <c r="K7" s="52" t="s">
         <v>13</v>
       </c>
-      <c r="L7" s="57" t="s">
+      <c r="L7" s="52" t="s">
         <v>42</v>
       </c>
-      <c r="M7" s="57" t="s">
+      <c r="M7" s="52" t="s">
         <v>11</v>
       </c>
-      <c r="N7" s="57" t="s">
+      <c r="N7" s="52" t="s">
         <v>37</v>
       </c>
-      <c r="O7" s="57" t="s">
+      <c r="O7" s="52" t="s">
         <v>18</v>
       </c>
-      <c r="P7" s="57" t="s">
+      <c r="P7" s="52" t="s">
         <v>44</v>
       </c>
-      <c r="Q7" s="86" t="s">
+      <c r="Q7" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="R7" s="63"/>
-      <c r="S7" s="80" t="s">
+      <c r="R7" s="61"/>
+      <c r="S7" s="55" t="s">
         <v>0</v>
       </c>
-      <c r="T7" s="71" t="s">
+      <c r="T7" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="U7" s="60" t="s">
+      <c r="U7" s="49" t="s">
         <v>22</v>
       </c>
-      <c r="V7" s="60" t="s">
+      <c r="V7" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="W7" s="60" t="s">
+      <c r="W7" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="X7" s="60" t="s">
+      <c r="X7" s="49" t="s">
         <v>16</v>
       </c>
-      <c r="Y7" s="57" t="s">
+      <c r="Y7" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="Z7" s="60" t="s">
+      <c r="Z7" s="49" t="s">
         <v>13</v>
       </c>
-      <c r="AA7" s="49"/>
-      <c r="AB7" s="55"/>
+      <c r="AA7" s="74"/>
+      <c r="AB7" s="80"/>
       <c r="AC7" s="23"/>
       <c r="AD7" s="23"/>
       <c r="AE7" s="23"/>
     </row>
-    <row r="8" spans="1:31" s="8" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...27 lines deleted...]
-      <c r="AB8" s="55"/>
+    <row r="8" spans="1:31" s="8" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="69"/>
+      <c r="B8" s="72"/>
+      <c r="C8" s="72"/>
+      <c r="D8" s="82"/>
+      <c r="E8" s="72"/>
+      <c r="F8" s="72"/>
+      <c r="G8" s="72"/>
+      <c r="H8" s="88"/>
+      <c r="I8" s="84"/>
+      <c r="J8" s="61"/>
+      <c r="K8" s="61"/>
+      <c r="L8" s="61"/>
+      <c r="M8" s="61"/>
+      <c r="N8" s="61"/>
+      <c r="O8" s="61"/>
+      <c r="P8" s="61"/>
+      <c r="Q8" s="64"/>
+      <c r="R8" s="61"/>
+      <c r="S8" s="56"/>
+      <c r="T8" s="90"/>
+      <c r="U8" s="50"/>
+      <c r="V8" s="50"/>
+      <c r="W8" s="50"/>
+      <c r="X8" s="50"/>
+      <c r="Y8" s="53"/>
+      <c r="Z8" s="50"/>
+      <c r="AA8" s="74"/>
+      <c r="AB8" s="80"/>
       <c r="AC8" s="24"/>
       <c r="AD8" s="24"/>
       <c r="AE8" s="24"/>
     </row>
-    <row r="9" spans="1:31" s="8" customFormat="1" ht="1.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...27 lines deleted...]
-      <c r="AB9" s="55"/>
+    <row r="9" spans="1:31" s="8" customFormat="1" ht="1.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="69"/>
+      <c r="B9" s="72"/>
+      <c r="C9" s="72"/>
+      <c r="D9" s="82"/>
+      <c r="E9" s="72"/>
+      <c r="F9" s="72"/>
+      <c r="G9" s="72"/>
+      <c r="H9" s="88"/>
+      <c r="I9" s="84"/>
+      <c r="J9" s="61"/>
+      <c r="K9" s="61"/>
+      <c r="L9" s="61"/>
+      <c r="M9" s="61"/>
+      <c r="N9" s="61"/>
+      <c r="O9" s="61"/>
+      <c r="P9" s="61"/>
+      <c r="Q9" s="64"/>
+      <c r="R9" s="61"/>
+      <c r="S9" s="56"/>
+      <c r="T9" s="90"/>
+      <c r="U9" s="50"/>
+      <c r="V9" s="50"/>
+      <c r="W9" s="50"/>
+      <c r="X9" s="50"/>
+      <c r="Y9" s="53"/>
+      <c r="Z9" s="50"/>
+      <c r="AA9" s="74"/>
+      <c r="AB9" s="80"/>
       <c r="AC9" s="24"/>
       <c r="AD9" s="24"/>
       <c r="AE9" s="24"/>
     </row>
-    <row r="10" spans="1:31" s="9" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-      <c r="N10" s="64" t="s">
+    <row r="10" spans="1:31" s="9" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="70"/>
+      <c r="B10" s="72"/>
+      <c r="C10" s="72"/>
+      <c r="D10" s="83"/>
+      <c r="E10" s="72"/>
+      <c r="F10" s="72"/>
+      <c r="G10" s="72"/>
+      <c r="H10" s="88"/>
+      <c r="I10" s="85"/>
+      <c r="J10" s="62"/>
+      <c r="K10" s="62"/>
+      <c r="L10" s="62"/>
+      <c r="M10" s="62"/>
+      <c r="N10" s="62" t="s">
         <v>17</v>
       </c>
-      <c r="O10" s="64" t="s">
+      <c r="O10" s="62" t="s">
         <v>18</v>
       </c>
-      <c r="P10" s="64" t="s">
+      <c r="P10" s="62" t="s">
         <v>19</v>
       </c>
-      <c r="Q10" s="88" t="s">
+      <c r="Q10" s="65" t="s">
         <v>20</v>
       </c>
-      <c r="R10" s="64"/>
-[...9 lines deleted...]
-      <c r="AB10" s="56"/>
+      <c r="R10" s="62"/>
+      <c r="S10" s="57"/>
+      <c r="T10" s="91"/>
+      <c r="U10" s="51"/>
+      <c r="V10" s="51"/>
+      <c r="W10" s="51"/>
+      <c r="X10" s="51"/>
+      <c r="Y10" s="54"/>
+      <c r="Z10" s="51"/>
+      <c r="AA10" s="75"/>
+      <c r="AB10" s="81"/>
       <c r="AC10" s="24"/>
       <c r="AD10" s="24"/>
       <c r="AE10" s="24"/>
     </row>
     <row r="11" spans="1:31" s="17" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="19"/>
       <c r="B11" s="34">
         <v>1</v>
       </c>
       <c r="C11" s="35">
         <v>2</v>
       </c>
       <c r="D11" s="35">
         <v>3</v>
       </c>
       <c r="E11" s="35">
         <v>4</v>
       </c>
       <c r="F11" s="35">
         <v>5</v>
       </c>
       <c r="G11" s="35">
         <v>6</v>
       </c>
       <c r="H11" s="35">
@@ -1815,51 +1813,51 @@
       <c r="T12" s="43">
         <v>1064459</v>
       </c>
       <c r="U12" s="43">
         <v>2057513</v>
       </c>
       <c r="V12" s="43">
         <v>719099</v>
       </c>
       <c r="W12" s="43">
         <v>9076151</v>
       </c>
       <c r="X12" s="43">
         <v>12197590</v>
       </c>
       <c r="Y12" s="43">
         <v>3088208</v>
       </c>
       <c r="Z12" s="43">
         <v>21371940</v>
       </c>
       <c r="AA12" s="43">
         <v>76104927</v>
       </c>
       <c r="AB12" s="44">
-        <v>474030882</v>
+        <v>122161773</v>
       </c>
       <c r="AC12" s="28"/>
       <c r="AD12" s="28"/>
       <c r="AE12" s="28"/>
     </row>
     <row r="13" spans="1:31" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="31" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="36">
         <v>4945</v>
       </c>
       <c r="C13" s="36">
         <v>30809495</v>
       </c>
       <c r="D13" s="36">
         <v>12133257</v>
       </c>
       <c r="E13" s="36">
         <v>1351536</v>
       </c>
       <c r="F13" s="36">
         <v>1026327</v>
       </c>
       <c r="G13" s="36">
@@ -1904,57 +1902,57 @@
       <c r="T13" s="36">
         <v>109642</v>
       </c>
       <c r="U13" s="36">
         <v>21414</v>
       </c>
       <c r="V13" s="36">
         <v>139157</v>
       </c>
       <c r="W13" s="36">
         <v>54892</v>
       </c>
       <c r="X13" s="36">
         <v>0</v>
       </c>
       <c r="Y13" s="36">
         <v>0</v>
       </c>
       <c r="Z13" s="36">
         <v>255231</v>
       </c>
       <c r="AA13" s="36">
         <v>2526292</v>
       </c>
       <c r="AB13" s="38">
-        <v>93128654</v>
+        <v>1255960</v>
       </c>
       <c r="AC13" s="26"/>
       <c r="AD13" s="26"/>
       <c r="AE13" s="26"/>
     </row>
-    <row r="14" spans="1:31" s="10" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:31" s="10" customFormat="1" ht="10.199999999999999" x14ac:dyDescent="0.2">
       <c r="A14" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="36">
         <v>3337</v>
       </c>
       <c r="C14" s="36">
         <v>725973644</v>
       </c>
       <c r="D14" s="36">
         <v>42139089</v>
       </c>
       <c r="E14" s="36">
         <v>43902738</v>
       </c>
       <c r="F14" s="36">
         <v>8857983</v>
       </c>
       <c r="G14" s="36">
         <v>53206108</v>
       </c>
       <c r="H14" s="36">
         <v>321739453</v>
       </c>
       <c r="I14" s="36">
@@ -1993,57 +1991,57 @@
       <c r="T14" s="36">
         <v>954406</v>
       </c>
       <c r="U14" s="36">
         <v>661313</v>
       </c>
       <c r="V14" s="36">
         <v>365401</v>
       </c>
       <c r="W14" s="36">
         <v>8736126</v>
       </c>
       <c r="X14" s="36">
         <v>2186357</v>
       </c>
       <c r="Y14" s="36">
         <v>853469</v>
       </c>
       <c r="Z14" s="36">
         <v>2617197</v>
       </c>
       <c r="AA14" s="36">
         <v>8467883</v>
       </c>
       <c r="AB14" s="38">
-        <v>110056482</v>
+        <v>35169643</v>
       </c>
       <c r="AC14" s="26"/>
       <c r="AD14" s="26"/>
       <c r="AE14" s="26"/>
     </row>
-    <row r="15" spans="1:31" s="10" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:31" s="10" customFormat="1" ht="10.199999999999999" x14ac:dyDescent="0.2">
       <c r="A15" s="31" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="36">
         <v>181</v>
       </c>
       <c r="C15" s="36">
         <v>11644758</v>
       </c>
       <c r="D15" s="33">
         <v>720686</v>
       </c>
       <c r="E15" s="37">
         <v>2892</v>
       </c>
       <c r="F15" s="36">
         <v>83283</v>
       </c>
       <c r="G15" s="36">
         <v>2244514</v>
       </c>
       <c r="H15" s="39">
         <v>600612</v>
       </c>
       <c r="I15" s="36">
@@ -2082,57 +2080,57 @@
       <c r="T15" s="33" t="s">
         <v>30</v>
       </c>
       <c r="U15" s="33" t="s">
         <v>30</v>
       </c>
       <c r="V15" s="37">
         <v>146496</v>
       </c>
       <c r="W15" s="39" t="s">
         <v>30</v>
       </c>
       <c r="X15" s="36">
         <v>57251</v>
       </c>
       <c r="Y15" s="36">
         <v>79570</v>
       </c>
       <c r="Z15" s="36">
         <v>230466</v>
       </c>
       <c r="AA15" s="36">
         <v>81777</v>
       </c>
       <c r="AB15" s="38">
-        <v>60221528</v>
+        <v>629248</v>
       </c>
       <c r="AC15" s="26"/>
       <c r="AD15" s="26"/>
       <c r="AE15" s="26"/>
     </row>
-    <row r="16" spans="1:31" s="10" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:31" s="10" customFormat="1" ht="10.199999999999999" x14ac:dyDescent="0.2">
       <c r="A16" s="31" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="36">
         <v>3093</v>
       </c>
       <c r="C16" s="36">
         <v>738316157</v>
       </c>
       <c r="D16" s="36">
         <v>655109949</v>
       </c>
       <c r="E16" s="36">
         <v>0</v>
       </c>
       <c r="F16" s="36">
         <v>81104155</v>
       </c>
       <c r="G16" s="36">
         <v>1231239</v>
       </c>
       <c r="H16" s="36">
         <v>0</v>
       </c>
       <c r="I16" s="36">
@@ -2171,57 +2169,57 @@
       <c r="T16" s="36" t="s">
         <v>30</v>
       </c>
       <c r="U16" s="36">
         <v>1364230</v>
       </c>
       <c r="V16" s="36">
         <v>0</v>
       </c>
       <c r="W16" s="39" t="s">
         <v>30</v>
       </c>
       <c r="X16" s="36">
         <v>0</v>
       </c>
       <c r="Y16" s="36">
         <v>0</v>
       </c>
       <c r="Z16" s="36">
         <v>0</v>
       </c>
       <c r="AA16" s="36">
         <v>65028974</v>
       </c>
       <c r="AB16" s="38">
-        <v>106127198</v>
+        <v>54233879</v>
       </c>
       <c r="AC16" s="26"/>
       <c r="AD16" s="26"/>
       <c r="AE16" s="26"/>
     </row>
-    <row r="17" spans="1:31" s="10" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:31" s="10" customFormat="1" ht="10.199999999999999" x14ac:dyDescent="0.2">
       <c r="A17" s="31" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="40">
         <v>2019</v>
       </c>
       <c r="C17" s="40">
         <v>288045593</v>
       </c>
       <c r="D17" s="40">
         <v>0</v>
       </c>
       <c r="E17" s="47">
         <v>2839</v>
       </c>
       <c r="F17" s="40">
         <v>0</v>
       </c>
       <c r="G17" s="40">
         <v>34816336</v>
       </c>
       <c r="H17" s="40">
         <v>16066401</v>
       </c>
       <c r="I17" s="40">
@@ -2260,236 +2258,239 @@
       <c r="T17" s="40">
         <v>0</v>
       </c>
       <c r="U17" s="40" t="s">
         <v>30</v>
       </c>
       <c r="V17" s="40">
         <v>68045</v>
       </c>
       <c r="W17" s="40" t="s">
         <v>30</v>
       </c>
       <c r="X17" s="40">
         <v>9953981</v>
       </c>
       <c r="Y17" s="40">
         <v>2155169</v>
       </c>
       <c r="Z17" s="40">
         <v>18269046</v>
       </c>
       <c r="AA17" s="40">
         <v>0</v>
       </c>
       <c r="AB17" s="42">
-        <v>104497020</v>
+        <v>20873043</v>
       </c>
       <c r="AC17" s="26"/>
       <c r="AD17" s="26"/>
       <c r="AE17" s="26"/>
     </row>
-    <row r="18" spans="1:31" ht="18" x14ac:dyDescent="0.2">
-      <c r="A18" s="91" t="s">
+    <row r="18" spans="1:31" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A18" s="48" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="3"/>
     </row>
-    <row r="19" spans="1:31" ht="18" x14ac:dyDescent="0.2">
-      <c r="A19" s="91" t="s">
+    <row r="19" spans="1:31" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A19" s="48" t="s">
         <v>14</v>
       </c>
       <c r="M19" s="30"/>
       <c r="N19" s="30"/>
       <c r="O19" s="30"/>
       <c r="P19" s="30"/>
       <c r="Q19" s="30"/>
       <c r="R19" s="30"/>
       <c r="S19" s="30"/>
     </row>
-    <row r="20" spans="1:31" ht="18" x14ac:dyDescent="0.2">
-      <c r="A20" s="91" t="s">
+    <row r="20" spans="1:31" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A20" s="48" t="s">
         <v>25</v>
       </c>
       <c r="M20" s="30"/>
       <c r="N20" s="30"/>
       <c r="O20" s="30"/>
       <c r="P20" s="30"/>
       <c r="Q20" s="30"/>
       <c r="R20" s="30"/>
       <c r="S20" s="30"/>
     </row>
-    <row r="21" spans="1:31" ht="27" x14ac:dyDescent="0.2">
-      <c r="A21" s="91" t="s">
+    <row r="21" spans="1:31" ht="28.8" x14ac:dyDescent="0.2">
+      <c r="A21" s="48" t="s">
         <v>26</v>
       </c>
-      <c r="M21" s="83"/>
-[...4 lines deleted...]
-      <c r="R21" s="83"/>
+      <c r="M21" s="58"/>
+      <c r="N21" s="58"/>
+      <c r="O21" s="58"/>
+      <c r="P21" s="58"/>
+      <c r="Q21" s="58"/>
+      <c r="R21" s="58"/>
       <c r="S21" s="30"/>
     </row>
-    <row r="22" spans="1:31" ht="18" x14ac:dyDescent="0.2">
-      <c r="A22" s="91" t="s">
+    <row r="22" spans="1:31" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A22" s="48" t="s">
         <v>43</v>
       </c>
-      <c r="M22" s="83"/>
-[...4 lines deleted...]
-      <c r="R22" s="85"/>
+      <c r="M22" s="58"/>
+      <c r="N22" s="58"/>
+      <c r="O22" s="59"/>
+      <c r="P22" s="59"/>
+      <c r="Q22" s="59"/>
+      <c r="R22" s="60"/>
       <c r="S22" s="30"/>
     </row>
-    <row r="23" spans="1:31" ht="18" x14ac:dyDescent="0.2">
-      <c r="A23" s="91" t="s">
+    <row r="23" spans="1:31" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A23" s="48" t="s">
         <v>27</v>
       </c>
-      <c r="M23" s="83"/>
-[...4 lines deleted...]
-      <c r="R23" s="85"/>
+      <c r="M23" s="58"/>
+      <c r="N23" s="58"/>
+      <c r="O23" s="59"/>
+      <c r="P23" s="59"/>
+      <c r="Q23" s="59"/>
+      <c r="R23" s="60"/>
       <c r="S23" s="30"/>
     </row>
-    <row r="24" spans="1:31" ht="18" x14ac:dyDescent="0.2">
-      <c r="A24" s="91" t="s">
+    <row r="24" spans="1:31" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A24" s="48" t="s">
         <v>46</v>
       </c>
-      <c r="M24" s="83"/>
-[...4 lines deleted...]
-      <c r="R24" s="85"/>
+      <c r="M24" s="58"/>
+      <c r="N24" s="58"/>
+      <c r="O24" s="59"/>
+      <c r="P24" s="59"/>
+      <c r="Q24" s="59"/>
+      <c r="R24" s="60"/>
       <c r="S24" s="30"/>
     </row>
     <row r="25" spans="1:31" x14ac:dyDescent="0.2">
-      <c r="A25" s="91" t="s">
+      <c r="A25" s="48" t="s">
         <v>28</v>
       </c>
-      <c r="M25" s="83"/>
-[...4 lines deleted...]
-      <c r="R25" s="85"/>
+      <c r="M25" s="58"/>
+      <c r="N25" s="58"/>
+      <c r="O25" s="59"/>
+      <c r="P25" s="59"/>
+      <c r="Q25" s="59"/>
+      <c r="R25" s="60"/>
       <c r="S25" s="30"/>
     </row>
-    <row r="26" spans="1:31" ht="36" x14ac:dyDescent="0.2">
-      <c r="A26" s="91" t="s">
+    <row r="26" spans="1:31" ht="38.4" x14ac:dyDescent="0.2">
+      <c r="A26" s="48" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:31" x14ac:dyDescent="0.2">
-      <c r="A27" s="91" t="s">
+      <c r="A27" s="48" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:31" x14ac:dyDescent="0.2">
-      <c r="A28" s="91" t="s">
+      <c r="A28" s="48" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:31" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="46"/>
     </row>
     <row r="30" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A30" s="18"/>
     </row>
     <row r="31" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A31" s="18"/>
     </row>
     <row r="32" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A32" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="37">
+    <mergeCell ref="AA6:AA10"/>
+    <mergeCell ref="S6:Z6"/>
+    <mergeCell ref="AB6:AB10"/>
+    <mergeCell ref="D7:D10"/>
+    <mergeCell ref="I7:I10"/>
+    <mergeCell ref="K7:K10"/>
+    <mergeCell ref="L7:L10"/>
+    <mergeCell ref="X7:X10"/>
+    <mergeCell ref="C6:L6"/>
+    <mergeCell ref="G7:G10"/>
+    <mergeCell ref="H7:H10"/>
+    <mergeCell ref="F7:F10"/>
+    <mergeCell ref="Z7:Z10"/>
+    <mergeCell ref="T7:T10"/>
+    <mergeCell ref="U7:U10"/>
+    <mergeCell ref="V7:V10"/>
+    <mergeCell ref="A5:A10"/>
+    <mergeCell ref="B5:B10"/>
+    <mergeCell ref="C7:C10"/>
+    <mergeCell ref="E7:E10"/>
+    <mergeCell ref="J7:J10"/>
     <mergeCell ref="W7:W10"/>
     <mergeCell ref="Y7:Y10"/>
     <mergeCell ref="S7:S10"/>
     <mergeCell ref="M21:M25"/>
     <mergeCell ref="N21:N25"/>
     <mergeCell ref="O21:O25"/>
     <mergeCell ref="P21:P25"/>
     <mergeCell ref="Q21:Q25"/>
     <mergeCell ref="R21:R25"/>
     <mergeCell ref="M7:M10"/>
     <mergeCell ref="N7:N10"/>
     <mergeCell ref="O7:O10"/>
     <mergeCell ref="P7:P10"/>
     <mergeCell ref="Q7:Q10"/>
     <mergeCell ref="R6:R10"/>
     <mergeCell ref="M6:Q6"/>
-    <mergeCell ref="A5:A10"/>
-[...19 lines deleted...]
-    <mergeCell ref="V7:V10"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.44" right="0.56999999999999995" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="66" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004CC3846EC26A674D8909E8C14673C41E" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d6f5713f3fbeaef4b86dc9f3364b1131">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a7bc95ad-72b5-4d62-882e-dd10d436a06d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93c224f42d36d9ebd0be3057fae038a0" ns2:_="">
     <xsd:import namespace="a7bc95ad-72b5-4d62-882e-dd10d436a06d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a7bc95ad-72b5-4d62-882e-dd10d436a06d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -2587,96 +2588,93 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B16DE5A6-7178-44E4-8BB6-8A8AF57BDDCA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16F76EE9-0664-4E9F-A92E-4E73367BDDC4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B41FD584-42E8-414D-82E3-508E71FCB38F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a7bc95ad-72b5-4d62-882e-dd10d436a06d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16F76EE9-0664-4E9F-A92E-4E73367BDDC4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B16DE5A6-7178-44E4-8BB6-8A8AF57BDDCA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a7bc95ad-72b5-4d62-882e-dd10d436a06d"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>