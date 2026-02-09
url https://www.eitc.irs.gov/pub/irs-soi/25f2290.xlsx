--- v0 (2025-11-04)
+++ v1 (2026-02-09)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\RSP\STATSUPP\Tim\2290 Project\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{83AE408F-8C1C-46AE-BC2A-60C8E2B3C889}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{55C8D34B-D5CF-4CBD-9514-172CDA8D6B9D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1230" yWindow="315" windowWidth="24240" windowHeight="11220" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3435" yWindow="2115" windowWidth="24945" windowHeight="12945" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="29">
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
@@ -505,61 +505,61 @@
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -842,77 +842,77 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:M40"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A14" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="I41" sqref="I41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24.7109375" style="1" customWidth="1"/>
     <col min="2" max="13" width="9.7109375" style="1" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+      <c r="A1" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="B1" s="25"/>
-[...10 lines deleted...]
-      <c r="M1" s="26"/>
+      <c r="B1" s="22"/>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+      <c r="E1" s="22"/>
+      <c r="F1" s="22"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="23"/>
+      <c r="L1" s="23"/>
+      <c r="M1" s="23"/>
     </row>
     <row r="2" spans="1:13" ht="17.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A2" s="29" t="s">
         <v>12</v>
       </c>
       <c r="B2" s="27">
         <v>2014</v>
       </c>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
       <c r="F2" s="27"/>
       <c r="G2" s="27"/>
       <c r="H2" s="27"/>
       <c r="I2" s="27"/>
       <c r="J2" s="27"/>
       <c r="K2" s="27"/>
       <c r="L2" s="27"/>
       <c r="M2" s="28"/>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A3" s="30"/>
       <c r="B3" s="3" t="s">
         <v>0</v>
       </c>
@@ -1051,64 +1051,64 @@
       </c>
       <c r="G6" s="14">
         <v>11979</v>
       </c>
       <c r="H6" s="14">
         <v>42436</v>
       </c>
       <c r="I6" s="14">
         <v>67898</v>
       </c>
       <c r="J6" s="14">
         <v>42293</v>
       </c>
       <c r="K6" s="14">
         <v>20332</v>
       </c>
       <c r="L6" s="14">
         <v>14609</v>
       </c>
       <c r="M6" s="18">
         <v>16026</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5"/>
-      <c r="B7" s="22">
+      <c r="B7" s="24">
         <v>2015</v>
       </c>
-      <c r="C7" s="23"/>
-[...9 lines deleted...]
-      <c r="M7" s="24"/>
+      <c r="C7" s="25"/>
+      <c r="D7" s="25"/>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="26"/>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="13">
         <v>16738</v>
       </c>
       <c r="C8" s="13">
         <v>34885</v>
       </c>
       <c r="D8" s="13">
         <v>56459</v>
       </c>
       <c r="E8" s="13">
         <v>80218</v>
       </c>
       <c r="F8" s="13">
         <v>94491</v>
       </c>
       <c r="G8" s="13">
         <v>121251</v>
       </c>
       <c r="H8" s="13">
         <v>180222</v>
@@ -1150,64 +1150,64 @@
       </c>
       <c r="G9" s="15">
         <v>26760</v>
       </c>
       <c r="H9" s="15">
         <v>58971</v>
       </c>
       <c r="I9" s="15">
         <v>69025</v>
       </c>
       <c r="J9" s="15">
         <v>61486</v>
       </c>
       <c r="K9" s="15">
         <v>18238</v>
       </c>
       <c r="L9" s="15">
         <v>17379</v>
       </c>
       <c r="M9" s="19">
         <v>19068</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5"/>
-      <c r="B10" s="22">
+      <c r="B10" s="24">
         <v>2016</v>
       </c>
-      <c r="C10" s="23"/>
-[...9 lines deleted...]
-      <c r="M10" s="24"/>
+      <c r="C10" s="25"/>
+      <c r="D10" s="25"/>
+      <c r="E10" s="25"/>
+      <c r="F10" s="25"/>
+      <c r="G10" s="25"/>
+      <c r="H10" s="25"/>
+      <c r="I10" s="25"/>
+      <c r="J10" s="25"/>
+      <c r="K10" s="25"/>
+      <c r="L10" s="25"/>
+      <c r="M10" s="26"/>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
         <v>19426</v>
       </c>
       <c r="C11" s="13">
         <v>41292</v>
       </c>
       <c r="D11" s="13">
         <v>73965</v>
       </c>
       <c r="E11" s="13">
         <v>95473</v>
       </c>
       <c r="F11" s="13">
         <v>113060</v>
       </c>
       <c r="G11" s="13">
         <v>134908</v>
       </c>
       <c r="H11" s="13">
         <v>217771</v>
@@ -1249,64 +1249,64 @@
       </c>
       <c r="G12" s="14">
         <v>21848</v>
       </c>
       <c r="H12" s="14">
         <v>82863</v>
       </c>
       <c r="I12" s="14">
         <v>85050</v>
       </c>
       <c r="J12" s="14">
         <v>87530</v>
       </c>
       <c r="K12" s="14">
         <v>24466</v>
       </c>
       <c r="L12" s="14">
         <v>21928</v>
       </c>
       <c r="M12" s="18">
         <v>27598</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="12"/>
-      <c r="B13" s="22">
+      <c r="B13" s="24">
         <v>2017</v>
       </c>
-      <c r="C13" s="23"/>
-[...9 lines deleted...]
-      <c r="M13" s="24"/>
+      <c r="C13" s="25"/>
+      <c r="D13" s="25"/>
+      <c r="E13" s="25"/>
+      <c r="F13" s="25"/>
+      <c r="G13" s="25"/>
+      <c r="H13" s="25"/>
+      <c r="I13" s="25"/>
+      <c r="J13" s="25"/>
+      <c r="K13" s="25"/>
+      <c r="L13" s="25"/>
+      <c r="M13" s="26"/>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="13">
         <v>22341</v>
       </c>
       <c r="C14" s="13">
         <v>45259</v>
       </c>
       <c r="D14" s="13">
         <v>81867</v>
       </c>
       <c r="E14" s="13">
         <v>105829</v>
       </c>
       <c r="F14" s="13">
         <v>123445</v>
       </c>
       <c r="G14" s="13">
         <v>146630</v>
       </c>
       <c r="H14" s="13">
         <v>234189</v>
@@ -1348,64 +1348,64 @@
       </c>
       <c r="G15" s="14">
         <v>23185</v>
       </c>
       <c r="H15" s="14">
         <v>87559</v>
       </c>
       <c r="I15" s="14">
         <v>86080</v>
       </c>
       <c r="J15" s="14">
         <v>113501</v>
       </c>
       <c r="K15" s="14">
         <v>24434</v>
       </c>
       <c r="L15" s="14">
         <v>22363</v>
       </c>
       <c r="M15" s="18">
         <v>29460</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="12"/>
-      <c r="B16" s="22">
+      <c r="B16" s="24">
         <v>2018</v>
       </c>
-      <c r="C16" s="23"/>
-[...9 lines deleted...]
-      <c r="M16" s="24"/>
+      <c r="C16" s="25"/>
+      <c r="D16" s="25"/>
+      <c r="E16" s="25"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="25"/>
+      <c r="H16" s="25"/>
+      <c r="I16" s="25"/>
+      <c r="J16" s="25"/>
+      <c r="K16" s="25"/>
+      <c r="L16" s="25"/>
+      <c r="M16" s="26"/>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="13">
         <v>24748</v>
       </c>
       <c r="C17" s="13">
         <v>52028</v>
       </c>
       <c r="D17" s="13">
         <v>93991</v>
       </c>
       <c r="E17" s="13">
         <v>121226</v>
       </c>
       <c r="F17" s="13">
         <v>142529</v>
       </c>
       <c r="G17" s="13">
         <v>170486</v>
       </c>
       <c r="H17" s="13">
         <v>267391</v>
@@ -1447,64 +1447,64 @@
       </c>
       <c r="G18" s="14">
         <v>27957</v>
       </c>
       <c r="H18" s="14">
         <v>96905</v>
       </c>
       <c r="I18" s="14">
         <v>97502</v>
       </c>
       <c r="J18" s="14">
         <v>136915</v>
       </c>
       <c r="K18" s="14">
         <v>26244</v>
       </c>
       <c r="L18" s="14">
         <v>24520</v>
       </c>
       <c r="M18" s="18">
         <v>34079</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="12"/>
-      <c r="B19" s="22">
+      <c r="B19" s="24">
         <v>2019</v>
       </c>
-      <c r="C19" s="23"/>
-[...9 lines deleted...]
-      <c r="M19" s="24"/>
+      <c r="C19" s="25"/>
+      <c r="D19" s="25"/>
+      <c r="E19" s="25"/>
+      <c r="F19" s="25"/>
+      <c r="G19" s="25"/>
+      <c r="H19" s="25"/>
+      <c r="I19" s="25"/>
+      <c r="J19" s="25"/>
+      <c r="K19" s="25"/>
+      <c r="L19" s="25"/>
+      <c r="M19" s="26"/>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="13">
         <v>27593</v>
       </c>
       <c r="C20" s="13">
         <v>58056</v>
       </c>
       <c r="D20" s="13">
         <v>104084</v>
       </c>
       <c r="E20" s="13">
         <v>131035</v>
       </c>
       <c r="F20" s="13">
         <v>155415</v>
       </c>
       <c r="G20" s="13">
         <v>185839</v>
       </c>
       <c r="H20" s="13">
         <v>289142</v>
@@ -1546,64 +1546,64 @@
       </c>
       <c r="G21" s="14">
         <v>30424</v>
       </c>
       <c r="H21" s="14">
         <v>103303</v>
       </c>
       <c r="I21" s="14">
         <v>104529</v>
       </c>
       <c r="J21" s="14">
         <v>150489</v>
       </c>
       <c r="K21" s="14">
         <v>27874</v>
       </c>
       <c r="L21" s="14">
         <v>28179</v>
       </c>
       <c r="M21" s="18">
         <v>32868</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="12"/>
-      <c r="B22" s="22">
+      <c r="B22" s="24">
         <v>2020</v>
       </c>
-      <c r="C22" s="23"/>
-[...9 lines deleted...]
-      <c r="M22" s="24"/>
+      <c r="C22" s="25"/>
+      <c r="D22" s="25"/>
+      <c r="E22" s="25"/>
+      <c r="F22" s="25"/>
+      <c r="G22" s="25"/>
+      <c r="H22" s="25"/>
+      <c r="I22" s="25"/>
+      <c r="J22" s="25"/>
+      <c r="K22" s="25"/>
+      <c r="L22" s="25"/>
+      <c r="M22" s="26"/>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="13">
         <v>29849</v>
       </c>
       <c r="C23" s="13">
         <v>61265</v>
       </c>
       <c r="D23" s="13">
         <v>101984</v>
       </c>
       <c r="E23" s="13">
         <v>120642</v>
       </c>
       <c r="F23" s="13">
         <v>136083</v>
       </c>
       <c r="G23" s="13">
         <v>141998</v>
       </c>
       <c r="H23" s="13">
         <v>283598</v>
@@ -1645,64 +1645,64 @@
       </c>
       <c r="G24" s="14">
         <v>5915</v>
       </c>
       <c r="H24" s="14">
         <v>141600</v>
       </c>
       <c r="I24" s="14">
         <v>121582</v>
       </c>
       <c r="J24" s="14">
         <v>160833</v>
       </c>
       <c r="K24" s="14">
         <v>40649</v>
       </c>
       <c r="L24" s="14">
         <v>34976</v>
       </c>
       <c r="M24" s="18">
         <v>44949</v>
       </c>
     </row>
     <row r="25" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="12"/>
-      <c r="B25" s="22">
+      <c r="B25" s="24">
         <v>2021</v>
       </c>
-      <c r="C25" s="23"/>
-[...9 lines deleted...]
-      <c r="M25" s="24"/>
+      <c r="C25" s="25"/>
+      <c r="D25" s="25"/>
+      <c r="E25" s="25"/>
+      <c r="F25" s="25"/>
+      <c r="G25" s="25"/>
+      <c r="H25" s="25"/>
+      <c r="I25" s="25"/>
+      <c r="J25" s="25"/>
+      <c r="K25" s="25"/>
+      <c r="L25" s="25"/>
+      <c r="M25" s="26"/>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="13">
         <v>42078</v>
       </c>
       <c r="C26" s="13">
         <v>78503</v>
       </c>
       <c r="D26" s="13">
         <v>126645</v>
       </c>
       <c r="E26" s="13">
         <v>158620</v>
       </c>
       <c r="F26" s="13">
         <v>189707</v>
       </c>
       <c r="G26" s="13">
         <v>220993</v>
       </c>
       <c r="H26" s="13">
         <v>393655</v>
@@ -1744,64 +1744,64 @@
       </c>
       <c r="G27" s="14">
         <v>31286</v>
       </c>
       <c r="H27" s="14">
         <v>172662</v>
       </c>
       <c r="I27" s="14">
         <v>147276</v>
       </c>
       <c r="J27" s="14">
         <v>156497</v>
       </c>
       <c r="K27" s="14">
         <v>38504</v>
       </c>
       <c r="L27" s="14">
         <v>34097</v>
       </c>
       <c r="M27" s="18">
         <v>42290</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="12"/>
-      <c r="B28" s="22">
+      <c r="B28" s="24">
         <v>2022</v>
       </c>
-      <c r="C28" s="23"/>
-[...9 lines deleted...]
-      <c r="M28" s="24"/>
+      <c r="C28" s="25"/>
+      <c r="D28" s="25"/>
+      <c r="E28" s="25"/>
+      <c r="F28" s="25"/>
+      <c r="G28" s="25"/>
+      <c r="H28" s="25"/>
+      <c r="I28" s="25"/>
+      <c r="J28" s="25"/>
+      <c r="K28" s="25"/>
+      <c r="L28" s="25"/>
+      <c r="M28" s="26"/>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B29" s="13">
         <v>40217</v>
       </c>
       <c r="C29" s="13">
         <v>80831</v>
       </c>
       <c r="D29" s="13">
         <v>132974</v>
       </c>
       <c r="E29" s="13">
         <v>167199</v>
       </c>
       <c r="F29" s="13">
         <v>198136</v>
       </c>
       <c r="G29" s="13">
         <v>233764</v>
       </c>
       <c r="H29" s="13">
         <v>412095</v>
@@ -1843,64 +1843,64 @@
       </c>
       <c r="G30" s="14">
         <v>35628</v>
       </c>
       <c r="H30" s="14">
         <v>178331</v>
       </c>
       <c r="I30" s="14">
         <v>156794</v>
       </c>
       <c r="J30" s="14">
         <v>164084</v>
       </c>
       <c r="K30" s="14">
         <v>40354</v>
       </c>
       <c r="L30" s="14">
         <v>32898</v>
       </c>
       <c r="M30" s="18">
         <v>40740</v>
       </c>
     </row>
     <row r="31" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="12"/>
-      <c r="B31" s="22">
+      <c r="B31" s="24">
         <v>2023</v>
       </c>
-      <c r="C31" s="23"/>
-[...9 lines deleted...]
-      <c r="M31" s="24"/>
+      <c r="C31" s="25"/>
+      <c r="D31" s="25"/>
+      <c r="E31" s="25"/>
+      <c r="F31" s="25"/>
+      <c r="G31" s="25"/>
+      <c r="H31" s="25"/>
+      <c r="I31" s="25"/>
+      <c r="J31" s="25"/>
+      <c r="K31" s="25"/>
+      <c r="L31" s="25"/>
+      <c r="M31" s="26"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B32" s="13">
         <v>37773</v>
       </c>
       <c r="C32" s="13">
         <v>76140</v>
       </c>
       <c r="D32" s="13">
         <v>126064</v>
       </c>
       <c r="E32" s="13">
         <v>158904</v>
       </c>
       <c r="F32" s="13">
         <v>188811</v>
       </c>
       <c r="G32" s="13">
         <v>223460</v>
       </c>
       <c r="H32" s="13">
         <v>402111</v>
@@ -1942,64 +1942,64 @@
       </c>
       <c r="G33" s="14">
         <v>34649</v>
       </c>
       <c r="H33" s="14">
         <v>178651</v>
       </c>
       <c r="I33" s="14">
         <v>143696</v>
       </c>
       <c r="J33" s="14">
         <v>162798</v>
       </c>
       <c r="K33" s="14">
         <v>36924</v>
       </c>
       <c r="L33" s="14">
         <v>33915</v>
       </c>
       <c r="M33" s="18">
         <v>40781</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="12"/>
-      <c r="B34" s="22">
+      <c r="B34" s="24">
         <v>2024</v>
       </c>
-      <c r="C34" s="23"/>
-[...9 lines deleted...]
-      <c r="M34" s="24"/>
+      <c r="C34" s="25"/>
+      <c r="D34" s="25"/>
+      <c r="E34" s="25"/>
+      <c r="F34" s="25"/>
+      <c r="G34" s="25"/>
+      <c r="H34" s="25"/>
+      <c r="I34" s="25"/>
+      <c r="J34" s="25"/>
+      <c r="K34" s="25"/>
+      <c r="L34" s="25"/>
+      <c r="M34" s="26"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B35" s="13">
         <v>34918</v>
       </c>
       <c r="C35" s="13">
         <v>74804</v>
       </c>
       <c r="D35" s="13">
         <v>125332</v>
       </c>
       <c r="E35" s="13">
         <v>158375</v>
       </c>
       <c r="F35" s="13">
         <v>188278</v>
       </c>
       <c r="G35" s="13">
         <v>222332</v>
       </c>
       <c r="H35" s="13">
         <v>382284</v>
@@ -2041,156 +2041,168 @@
       </c>
       <c r="G36" s="14">
         <v>34054</v>
       </c>
       <c r="H36" s="14">
         <v>159952</v>
       </c>
       <c r="I36" s="14">
         <v>147401</v>
       </c>
       <c r="J36" s="14">
         <v>168214</v>
       </c>
       <c r="K36" s="14">
         <v>38611</v>
       </c>
       <c r="L36" s="14">
         <v>36511</v>
       </c>
       <c r="M36" s="18">
         <v>42929</v>
       </c>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A37" s="12"/>
-      <c r="B37" s="22">
+      <c r="B37" s="24">
         <v>2025</v>
       </c>
-      <c r="C37" s="23"/>
-[...9 lines deleted...]
-      <c r="M37" s="24"/>
+      <c r="C37" s="25"/>
+      <c r="D37" s="25"/>
+      <c r="E37" s="25"/>
+      <c r="F37" s="25"/>
+      <c r="G37" s="25"/>
+      <c r="H37" s="25"/>
+      <c r="I37" s="25"/>
+      <c r="J37" s="25"/>
+      <c r="K37" s="25"/>
+      <c r="L37" s="25"/>
+      <c r="M37" s="26"/>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B38" s="13">
         <v>31422</v>
       </c>
       <c r="C38" s="13">
         <v>71516</v>
       </c>
       <c r="D38" s="13">
         <v>122848</v>
       </c>
       <c r="E38" s="13">
         <v>157835</v>
       </c>
       <c r="F38" s="13">
         <v>188271</v>
       </c>
       <c r="G38" s="13">
         <v>223987</v>
       </c>
-      <c r="H38" s="13"/>
-[...1 lines deleted...]
-      <c r="J38" s="13"/>
+      <c r="H38" s="13">
+        <v>381128</v>
+      </c>
+      <c r="I38" s="13">
+        <v>525716</v>
+      </c>
+      <c r="J38" s="13">
+        <v>690262</v>
+      </c>
       <c r="K38" s="13"/>
       <c r="L38" s="13"/>
       <c r="M38" s="20"/>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B39" s="14">
         <v>31422</v>
       </c>
       <c r="C39" s="14">
         <v>40094</v>
       </c>
       <c r="D39" s="14">
         <v>51332</v>
       </c>
       <c r="E39" s="14">
         <v>34987</v>
       </c>
       <c r="F39" s="14">
         <v>30436</v>
       </c>
       <c r="G39" s="14">
         <v>35716</v>
       </c>
-      <c r="H39" s="14"/>
-[...1 lines deleted...]
-      <c r="J39" s="14"/>
+      <c r="H39" s="14">
+        <v>157141</v>
+      </c>
+      <c r="I39" s="14">
+        <v>144588</v>
+      </c>
+      <c r="J39" s="14">
+        <v>164546</v>
+      </c>
       <c r="K39" s="14"/>
       <c r="L39" s="14"/>
       <c r="M39" s="18"/>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A40" s="21" t="s">
         <v>27</v>
       </c>
       <c r="B40" s="21"/>
       <c r="C40" s="21"/>
       <c r="D40" s="21"/>
       <c r="E40" s="21"/>
       <c r="F40" s="21"/>
       <c r="G40" s="21"/>
       <c r="H40" s="21"/>
       <c r="I40" s="21"/>
       <c r="J40" s="21"/>
       <c r="K40" s="21"/>
       <c r="L40" s="21"/>
       <c r="M40" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="14">
+    <mergeCell ref="B37:M37"/>
+    <mergeCell ref="B34:M34"/>
+    <mergeCell ref="B31:M31"/>
+    <mergeCell ref="B28:M28"/>
+    <mergeCell ref="B22:M22"/>
+    <mergeCell ref="B25:M25"/>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="B19:M19"/>
     <mergeCell ref="B16:M16"/>
     <mergeCell ref="B2:M2"/>
     <mergeCell ref="B7:M7"/>
     <mergeCell ref="B10:M10"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B13:M13"/>
-    <mergeCell ref="B37:M37"/>
-[...4 lines deleted...]
-    <mergeCell ref="B25:M25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Table 1</vt:lpstr>
     </vt:vector>