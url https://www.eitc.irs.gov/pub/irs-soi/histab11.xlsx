--- v0 (2025-11-05)
+++ v1 (2026-02-09)
@@ -1,91 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
-  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\TaxStatsContentUpdates\2024\11 November\Corporation Partnership and International\Partnerships\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\TaxStatsContentUpdates\2025\12 December\Corporation Partnership and International\Partnerships\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{50170571-6DF5-459A-994C-6DB2BA9A85C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D01513A8-6DBC-4B46-AFCA-2138834C78BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="hist11" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="89">
+  <si>
+    <t xml:space="preserve">Table 11.  Partnership Returns: Selected </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Balance Sheet and Income Statement </t>
+  </si>
+  <si>
+    <t xml:space="preserve">[All figures are estimates based on samples—money amounts are </t>
+  </si>
+  <si>
+    <t>in thousands of dollars]</t>
+  </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <t xml:space="preserve">Total number of active partnerships </t>
   </si>
   <si>
     <t>Number with net income</t>
   </si>
   <si>
     <t>Number with balance sheets [1]</t>
   </si>
   <si>
     <t xml:space="preserve">Number of partners </t>
   </si>
   <si>
     <t>Number of limited partnerships [2]</t>
   </si>
   <si>
     <t>Number of partners [2]</t>
   </si>
   <si>
     <t>Number of limited liability companies [2]</t>
   </si>
   <si>
@@ -118,116 +118,101 @@
   <si>
     <t>Partners' capital account [3]</t>
   </si>
   <si>
     <t>Total receipts [6]</t>
   </si>
   <si>
     <t>Business receipts</t>
   </si>
   <si>
     <t>Interest received</t>
   </si>
   <si>
     <t>Total deductions [6]</t>
   </si>
   <si>
     <t>Cost of goods sold</t>
   </si>
   <si>
     <t>Purchases</t>
   </si>
   <si>
     <t>Cost of labor</t>
   </si>
   <si>
-    <t xml:space="preserve">Net salaries and wages </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Taxes paid </t>
   </si>
   <si>
     <t>Interest paid</t>
   </si>
   <si>
     <t>Depreciation [7]</t>
   </si>
   <si>
     <t xml:space="preserve">Net income (less deficit) </t>
   </si>
   <si>
     <t xml:space="preserve">Net income </t>
   </si>
   <si>
     <t xml:space="preserve">Deficit </t>
   </si>
   <si>
-    <t>(not deducted elsewhere)</t>
-[...16 lines deleted...]
-  <si>
     <t>[r] revised</t>
   </si>
   <si>
     <t xml:space="preserve">[1] Certain small partnerships were not required </t>
   </si>
   <si>
     <t>to file balance sheets.</t>
   </si>
   <si>
     <t xml:space="preserve">[2] Number of limited partnerships, limited liability </t>
   </si>
   <si>
     <t xml:space="preserve">companies, and the associated number of partners are </t>
   </si>
   <si>
     <t xml:space="preserve">understated because some businesses failed to answer </t>
   </si>
   <si>
     <t xml:space="preserve">the question about type of partnership on their tax returns </t>
   </si>
   <si>
     <t>as originally filed.</t>
   </si>
   <si>
     <t xml:space="preserve">[3] Total assets, total liabilities, and partners' capital </t>
   </si>
   <si>
+    <t xml:space="preserve">account represent end-of-year amounts.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">they are understated because not all </t>
+  </si>
+  <si>
     <t xml:space="preserve">partnerships included a complete balance sheet and </t>
   </si>
   <si>
     <t xml:space="preserve">because of the reporting requirement mentioned in </t>
   </si>
   <si>
     <t xml:space="preserve">footnote 1, above. However, certain partnerships with </t>
   </si>
   <si>
     <t xml:space="preserve">negative total assets, total liabilities, and/or total partners’ </t>
   </si>
   <si>
     <t>capital are included in the statistics.</t>
   </si>
   <si>
     <t xml:space="preserve">[4] Short-term debt is the abbreviated title for mortgages, </t>
   </si>
   <si>
     <t>notes, and bonds payable in less than 1 year.</t>
   </si>
   <si>
     <t xml:space="preserve">[5] Long-term debt is the abbreviated title for mortgages, </t>
   </si>
   <si>
     <t>notes, and bonds payable in 1 year or more.</t>
@@ -304,5246 +289,1863 @@
   <si>
     <t>comparability with 1986 and prior data.</t>
   </si>
   <si>
     <t xml:space="preserve">[7] Represents the more complete amounts reported in </t>
   </si>
   <si>
     <t xml:space="preserve">depreciation computation schedules, rather than the </t>
   </si>
   <si>
     <t>amounts reported as the depreciation deduction.</t>
   </si>
   <si>
     <t xml:space="preserve">NOTES:  Detail may not add to totals because of rounding. </t>
   </si>
   <si>
     <t xml:space="preserve">All amounts are in current dollars. Most of the data are </t>
   </si>
   <si>
     <t xml:space="preserve">subject to sampling error.  Tax law and tax form changes </t>
   </si>
   <si>
     <t>affect the year-to-year comparability of the data.</t>
   </si>
   <si>
-    <t xml:space="preserve">account represent end-of-year amounts.  </t>
-[...14 lines deleted...]
-    <t>Source: IRS Statistics of Income Division, Partnerships, April 2024.</t>
+    <t>Net salaries and wages (not deducted elsewhere)</t>
+  </si>
+  <si>
+    <t>Source: IRS Statistics of Income Division, Partnerships, April 2025.</t>
+  </si>
+  <si>
+    <t>Items for Income Years, 1999-2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="9">
-[...14 lines deleted...]
-    </font>
+  <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <family val="2"/>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="Calibri Light"/>
+      <family val="2"/>
+      <scheme val="major"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...16 lines deleted...]
-      <family val="2"/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="8"/>
-[...3 lines deleted...]
-    <font>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="11"/>
-      <color theme="1"/>
+      <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="0"/>
+      <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C5700"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...3 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="15"/>
-[...71 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="6"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
-      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-      <color rgb="FF000000"/>
+      <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...5 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.59999389629810485"/>
-[...28 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.39997558519241921"/>
-[...28 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
-    <fill>
-[...63 lines deleted...]
-    </fill>
   </fills>
-  <borders count="65">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...229 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
-        <color rgb="FFB2B2B2"/>
+        <color rgb="FF7F7F7F"/>
       </left>
       <right style="thin">
-        <color rgb="FFB2B2B2"/>
+        <color rgb="FF7F7F7F"/>
       </right>
       <top style="thin">
-        <color rgb="FFB2B2B2"/>
+        <color rgb="FF7F7F7F"/>
       </top>
       <bottom style="thin">
-        <color rgb="FFB2B2B2"/>
+        <color rgb="FF7F7F7F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF3F3F3F"/>
       </left>
       <right style="thin">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="thin">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
-      </bottom>
-[...179 lines deleted...]
-        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.14996795556505021"/>
-[...7 lines deleted...]
-      <left style="thin">
         <color rgb="FF000000"/>
-      </left>
-[...19 lines deleted...]
-        <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...140 lines deleted...]
-      </left>
+      <left/>
       <right/>
       <top/>
-      <bottom style="thin">
-[...52 lines deleted...]
-        <color theme="0" tint="-0.14996795556505021"/>
+      <bottom style="double">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...28 lines deleted...]
-      </right>
       <top/>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FFC0C0C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
-        <color theme="0" tint="-0.14996795556505021"/>
+        <color rgb="FFC0C0C0"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC0C0C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FFC0C0C0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FFC0C0C0"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.14996795556505021"/>
-[...4 lines deleted...]
-      <left style="thin">
         <color indexed="64"/>
-      </left>
-[...7 lines deleted...]
-        <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="61">
+  <cellStyleXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...26 lines deleted...]
-    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="16" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...21 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="1" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="119">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="19" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...36 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
-[...149 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="61">
-[...50 lines deleted...]
-    <cellStyle name="Neutral" xfId="39" builtinId="28" customBuiltin="1"/>
+  <cellStyles count="44">
+    <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
+    <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
+    <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
+    <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
+    <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
+    <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
+    <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
+    <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
+    <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
+    <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
+    <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
+    <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="43" builtinId="9" customBuiltin="1"/>
+    <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Hyperlink" xfId="42" builtinId="8" customBuiltin="1"/>
+    <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="40" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
-[...7 lines deleted...]
-    <cellStyle name="Warning Text" xfId="45" builtinId="11" customBuiltin="1"/>
+    <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
+    <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:Z110"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{999D31B2-7B0C-46A3-9B60-FAEB748E9F4F}">
+  <dimension ref="A1:F156"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
-[...3 lines deleted...]
-      <selection pane="bottomRight" activeCell="S86" sqref="S86"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E14" sqref="E14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="37.5703125" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="26" max="26" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="34.28515625" customWidth="1"/>
+    <col min="2" max="2" width="18.140625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="29" t="s">
+    <row r="1" spans="1:6" ht="77.25" x14ac:dyDescent="0.25">
+      <c r="A1" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="F1" s="3"/>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="F2" s="4"/>
+    </row>
+    <row r="3" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="F3" s="4"/>
+    </row>
+    <row r="4" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="F4" s="17"/>
+    </row>
+    <row r="5" spans="1:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="F5" s="17"/>
+    </row>
+    <row r="6" spans="1:6" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="F6" s="18"/>
+    </row>
+    <row r="7" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="8"/>
+      <c r="B7" s="2">
+        <v>2023</v>
+      </c>
+      <c r="F7" s="19"/>
+    </row>
+    <row r="8" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="1">
+        <v>4575280</v>
+      </c>
+      <c r="F8" s="20"/>
+    </row>
+    <row r="9" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="1">
+        <v>2440870</v>
+      </c>
+      <c r="F9" s="19"/>
+    </row>
+    <row r="10" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="1">
+        <v>3493943</v>
+      </c>
+      <c r="F10" s="19"/>
+    </row>
+    <row r="11" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="1">
+        <v>30239463</v>
+      </c>
+      <c r="F11" s="20"/>
+    </row>
+    <row r="12" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="1">
+        <v>443623</v>
+      </c>
+      <c r="F12" s="20"/>
+    </row>
+    <row r="13" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="1">
+        <v>10348253</v>
+      </c>
+      <c r="F13" s="13"/>
+    </row>
+    <row r="14" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="1">
+        <v>3324538</v>
+      </c>
+      <c r="F14" s="11"/>
+    </row>
+    <row r="15" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" s="1">
+        <v>14351692</v>
+      </c>
+      <c r="F15" s="10"/>
+    </row>
+    <row r="16" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B16" s="1">
+        <v>57322271527</v>
+      </c>
+      <c r="F16" s="11"/>
+    </row>
+    <row r="17" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B17" s="1">
+        <v>7412325302</v>
+      </c>
+      <c r="F17" s="10"/>
+    </row>
+    <row r="18" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18" s="1">
+        <v>503080951</v>
+      </c>
+      <c r="F18" s="10"/>
+    </row>
+    <row r="19" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19" s="1">
+        <v>1883821102</v>
+      </c>
+      <c r="F19" s="10"/>
+    </row>
+    <row r="20" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="1">
+        <v>22207182895</v>
+      </c>
+      <c r="F20" s="11"/>
+    </row>
+    <row r="21" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B21" s="1">
+        <v>865759155</v>
+      </c>
+      <c r="F21" s="10"/>
+    </row>
+    <row r="22" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" s="1">
+        <v>569747828</v>
+      </c>
+      <c r="F22" s="10"/>
+    </row>
+    <row r="23" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B23" s="1">
+        <v>6280598981</v>
+      </c>
+      <c r="F23" s="10"/>
+    </row>
+    <row r="24" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B24" s="1">
+        <v>1888936668</v>
+      </c>
+      <c r="F24" s="10"/>
+    </row>
+    <row r="25" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B25" s="1">
+        <v>35115088632</v>
+      </c>
+      <c r="F25" s="11"/>
+    </row>
+    <row r="26" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B26" s="1">
+        <v>10229361613</v>
+      </c>
+      <c r="F26" s="11"/>
+    </row>
+    <row r="27" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B27" s="1">
+        <v>8061139481</v>
+      </c>
+      <c r="F27" s="10"/>
+    </row>
+    <row r="28" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" s="1">
+        <v>625515194</v>
+      </c>
+      <c r="F28" s="10"/>
+    </row>
+    <row r="29" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B29" s="1">
+        <v>8548472428</v>
+      </c>
+      <c r="F29" s="11"/>
+    </row>
+    <row r="30" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B30" s="1">
+        <v>4422371672</v>
+      </c>
+      <c r="F30" s="10"/>
+    </row>
+    <row r="31" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B31" s="1">
+        <v>2913832965</v>
+      </c>
+      <c r="F31" s="10"/>
+    </row>
+    <row r="32" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" s="1">
+        <v>268791589</v>
+      </c>
+      <c r="F32" s="10"/>
+    </row>
+    <row r="33" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B33" s="1">
+        <v>1039750064</v>
+      </c>
+      <c r="F33" s="12"/>
+    </row>
+    <row r="34" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" s="1">
+        <v>165610008</v>
+      </c>
+      <c r="F34" s="10"/>
+    </row>
+    <row r="35" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B35" s="1">
+        <v>175565718</v>
+      </c>
+      <c r="F35" s="10"/>
+    </row>
+    <row r="36" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B36" s="1">
+        <v>575100737</v>
+      </c>
+      <c r="F36" s="10"/>
+    </row>
+    <row r="37" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="B37" s="1">
+        <v>1680889186</v>
+      </c>
+      <c r="F37" s="11"/>
+    </row>
+    <row r="38" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B38" s="1">
+        <v>2417180823</v>
+      </c>
+      <c r="F38" s="10"/>
+    </row>
+    <row r="39" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="B1" s="8"/>
-[...10 lines deleted...]
-      <c r="A2" s="9" t="s">
+      <c r="B39" s="1">
+        <v>736291638</v>
+      </c>
+      <c r="F39" s="14"/>
+    </row>
+    <row r="40" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="B2" s="8"/>
-[...24 lines deleted...]
-      <c r="A4" s="30" t="s">
+      <c r="F40" s="15"/>
+    </row>
+    <row r="41" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="15" t="s">
         <v>36</v>
       </c>
-      <c r="B4" s="31"/>
-[...10 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="F41" s="15"/>
+    </row>
+    <row r="42" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="B5" s="1"/>
-[...2657 lines deleted...]
-      <c r="A41" s="33" t="s">
+      <c r="F42" s="15"/>
+    </row>
+    <row r="43" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="15" t="s">
         <v>38</v>
       </c>
-      <c r="B41" s="25"/>
-[...18 lines deleted...]
-      <c r="A42" s="33" t="s">
+      <c r="F43" s="15"/>
+    </row>
+    <row r="44" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="B42" s="27"/>
-[...9 lines deleted...]
-      <c r="A43" s="33" t="s">
+      <c r="F44" s="15"/>
+    </row>
+    <row r="45" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="B43" s="27"/>
-[...6 lines deleted...]
-      <c r="A44" s="33" t="s">
+      <c r="F45" s="15"/>
+    </row>
+    <row r="46" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="H44" s="28"/>
-[...4 lines deleted...]
-      <c r="A45" s="33" t="s">
+      <c r="F46" s="15"/>
+    </row>
+    <row r="47" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="H45" s="28"/>
-[...4 lines deleted...]
-      <c r="A46" s="33" t="s">
+      <c r="F47" s="15"/>
+    </row>
+    <row r="48" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="B46" s="32"/>
-[...10 lines deleted...]
-      <c r="A47" s="33" t="s">
+      <c r="F48" s="15"/>
+    </row>
+    <row r="49" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="15" t="s">
         <v>44</v>
       </c>
-      <c r="H47" s="28"/>
-[...4 lines deleted...]
-      <c r="A48" s="33" t="s">
+      <c r="F49" s="15"/>
+    </row>
+    <row r="50" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="H48" s="28"/>
-[...4 lines deleted...]
-      <c r="A49" s="33" t="s">
+      <c r="F50" s="15"/>
+    </row>
+    <row r="51" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="H49" s="28"/>
-[...4 lines deleted...]
-      <c r="A50" s="27" t="s">
+      <c r="F51" s="15"/>
+    </row>
+    <row r="52" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F52" s="15"/>
+    </row>
+    <row r="53" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="F53" s="15"/>
+    </row>
+    <row r="54" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F54" s="15"/>
+    </row>
+    <row r="55" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F55" s="15"/>
+    </row>
+    <row r="56" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F56" s="15"/>
+    </row>
+    <row r="57" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F57" s="15"/>
+    </row>
+    <row r="58" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="F58" s="15"/>
+    </row>
+    <row r="59" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F59" s="15"/>
+    </row>
+    <row r="60" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F60" s="15"/>
+    </row>
+    <row r="61" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="F61" s="15"/>
+    </row>
+    <row r="62" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="F62" s="15"/>
+    </row>
+    <row r="63" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="F63" s="15"/>
+    </row>
+    <row r="64" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F64" s="15"/>
+    </row>
+    <row r="65" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F65" s="15"/>
+    </row>
+    <row r="66" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="F66" s="15"/>
+    </row>
+    <row r="67" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F67" s="15"/>
+    </row>
+    <row r="68" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F68" s="15"/>
+    </row>
+    <row r="69" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="F69" s="15"/>
+    </row>
+    <row r="70" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="F70" s="15"/>
+    </row>
+    <row r="71" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="F71" s="15"/>
+    </row>
+    <row r="72" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="F72" s="15"/>
+    </row>
+    <row r="73" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F73" s="15"/>
+    </row>
+    <row r="74" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="F74" s="15"/>
+    </row>
+    <row r="75" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="F75" s="15"/>
+    </row>
+    <row r="76" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="F76" s="15"/>
+    </row>
+    <row r="77" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="F77" s="15"/>
+    </row>
+    <row r="78" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F78" s="15"/>
+    </row>
+    <row r="79" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F79" s="15"/>
+    </row>
+    <row r="80" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="F80" s="15"/>
+    </row>
+    <row r="81" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F81" s="15"/>
+    </row>
+    <row r="82" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="F82" s="15"/>
+    </row>
+    <row r="83" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="F83" s="15"/>
+    </row>
+    <row r="84" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="F84" s="15"/>
+    </row>
+    <row r="85" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="F85" s="15"/>
+    </row>
+    <row r="86" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F86" s="15"/>
+    </row>
+    <row r="87" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="F87" s="15"/>
+    </row>
+    <row r="88" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F88" s="15"/>
+    </row>
+    <row r="89" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F89" s="15"/>
+    </row>
+    <row r="90" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="F90" s="15"/>
+    </row>
+    <row r="91" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="H50" s="28"/>
-[...434 lines deleted...]
-    </row>
+      <c r="F91" s="15"/>
+    </row>
+    <row r="92" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="15"/>
+      <c r="F92" s="15"/>
+    </row>
+    <row r="93" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="15"/>
+      <c r="F93" s="15"/>
+    </row>
+    <row r="94" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="15"/>
+      <c r="F94" s="15"/>
+    </row>
+    <row r="95" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="15"/>
+      <c r="F95" s="15"/>
+    </row>
+    <row r="96" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="15"/>
+      <c r="F96" s="15"/>
+    </row>
+    <row r="97" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="15"/>
+      <c r="F97" s="15"/>
+    </row>
+    <row r="98" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="15"/>
+      <c r="F98" s="15"/>
+    </row>
+    <row r="99" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="15"/>
+      <c r="F99" s="15"/>
+    </row>
+    <row r="100" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="15"/>
+      <c r="F100" s="15"/>
+    </row>
+    <row r="101" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="15"/>
+      <c r="F101" s="15"/>
+    </row>
+    <row r="102" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="15"/>
+      <c r="F102" s="15"/>
+    </row>
+    <row r="103" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="15"/>
+      <c r="F103" s="15"/>
+    </row>
+    <row r="104" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="15"/>
+      <c r="F104" s="15"/>
+    </row>
+    <row r="105" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="15"/>
+      <c r="F105" s="15"/>
+    </row>
+    <row r="106" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="15"/>
+      <c r="F106" s="15"/>
+    </row>
+    <row r="107" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="15"/>
+      <c r="F107" s="15"/>
+    </row>
+    <row r="108" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="15"/>
+      <c r="F108" s="15"/>
+    </row>
+    <row r="109" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="16"/>
+      <c r="F109" s="16"/>
+    </row>
+    <row r="110" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="111" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="112" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <phoneticPr fontId="0" type="noConversion"/>
-[...2 lines deleted...]
-  <headerFooter alignWithMargins="0"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>hist11</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Statistics of Income</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>jnwill00</dc:creator>
+  <dc:title>SAS Output</dc:title>
+  <dc:creator>Doan Kimngoc T</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>