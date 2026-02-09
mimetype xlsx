--- v0 (2025-11-04)
+++ v1 (2026-02-09)
@@ -1,8492 +1,1287 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\TaxStatsContentUpdates\2024\11 November\Corporation Partnership and International\Partnerships\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\TaxStatsContentUpdates\2025\12 December\Corporation Partnership and International\Partnerships\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{918DA807-1AA9-4E92-A3C8-D05026C6C3BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0D70C6C4-6E75-47EF-B3F6-1D2F30674366}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="424" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="hist12" sheetId="1" r:id="rId1"/>
+    <sheet name="hist12" sheetId="3" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="12">
   <si>
-    <t>[All figures are estimates based on samples--number of businesses is in thousands]</t>
+    <t>SOI Bulletin Historical Table 12</t>
   </si>
   <si>
-    <t>Type and size of business</t>
+    <t>Size</t>
   </si>
   <si>
-    <t>CORPORATIONS</t>
+    <t>Amount</t>
   </si>
   <si>
-    <t xml:space="preserve"> </t>
+    <t>Total Reciepts</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>***Reciepts under $25,000</t>
   </si>
   <si>
-    <t>Receipt size [2]</t>
+    <t>$25,000 to under $50,000</t>
   </si>
   <si>
-    <t>Under $25,000 [3]</t>
+    <t>$50,000 to under $100,000</t>
   </si>
   <si>
-    <t>n.a.</t>
+    <t>$100,000 to under $250,000</t>
   </si>
   <si>
-    <t xml:space="preserve">$25,000 under $50,000 </t>
+    <t>$250,000 to under $500,000</t>
   </si>
   <si>
-    <t xml:space="preserve">$50,000 under $100,000 </t>
-[...65 lines deleted...]
-    <t>Under $25,000 [5]</t>
+    <t>$500,000 to under $1,000,000</t>
   </si>
   <si>
     <t>$1,000,000 or more</t>
   </si>
   <si>
-    <t>NONFARM SOLE PROPRIETORSHIPS [7]</t>
-[...114 lines deleted...]
-1990-2020 [1] Expanded</t>
+    <t>***Asset under $25,000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="14">
-[...19 lines deleted...]
-    </font>
+  <fonts count="21">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...87 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="Calibri Light"/>
+      <family val="2"/>
+      <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C5700"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <color rgb="FF3F3F76"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF9C6500"/>
+      <color rgb="FFFA7D00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color rgb="FF3F3F3F"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="18"/>
-[...3 lines deleted...]
-      <scheme val="major"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Thorndale AMT"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...21 lines deleted...]
-      <sz val="8"/>
+      <sz val="10"/>
       <color rgb="FF000000"/>
-      <name val="Arial"/>
-[...7 lines deleted...]
-      <family val="2"/>
+      <name val="Thorndale AMT"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.59999389629810485"/>
-[...28 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.39997558519241921"/>
-[...28 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
-    <fill>
-[...63 lines deleted...]
-    </fill>
   </fills>
-  <borders count="56">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...179 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
-        <color rgb="FFB2B2B2"/>
+        <color rgb="FF7F7F7F"/>
       </left>
       <right style="thin">
-        <color rgb="FFB2B2B2"/>
+        <color rgb="FF7F7F7F"/>
       </right>
       <top style="thin">
-        <color rgb="FFB2B2B2"/>
+        <color rgb="FF7F7F7F"/>
       </top>
       <bottom style="thin">
-        <color rgb="FFB2B2B2"/>
+        <color rgb="FF7F7F7F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF3F3F3F"/>
       </left>
       <right style="thin">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="thin">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
-      </bottom>
-[...187 lines deleted...]
-        <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.14996795556505021"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.14996795556505021"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...223 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="92">
+  <cellStyleXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...27 lines deleted...]
-    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...46 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+  </cellStyleXfs>
+  <cellXfs count="9">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-[...17 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="4" fontId="19" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...327 lines deleted...]
-    </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
-  <cellStyles count="92">
-[...75 lines deleted...]
-    <cellStyle name="Neutral" xfId="40" builtinId="28" customBuiltin="1"/>
+  <cellStyles count="44">
+    <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
+    <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
+    <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
+    <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
+    <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
+    <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
+    <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
+    <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
+    <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
+    <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
+    <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
+    <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="43" builtinId="9" customBuiltin="1"/>
+    <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Hyperlink" xfId="42" builtinId="8" customBuiltin="1"/>
+    <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="41" xr:uid="{00000000-0005-0000-0000-00004D000000}"/>
-[...13 lines deleted...]
-    <cellStyle name="Warning Text" xfId="48" builtinId="11" customBuiltin="1"/>
+    <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
+    <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="2">
-[...25 lines deleted...]
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-[...183 lines deleted...]
-
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AT93"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19A1862A-EE1E-4779-AB2B-CD4F460FDE3D}">
+  <dimension ref="A1:E120"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...3 lines deleted...]
-      <selection pane="bottomRight" activeCell="AI37" sqref="AI37"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E1" sqref="E1:I1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="45.5703125" style="13" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="36" max="16384" width="9.140625" style="13"/>
+    <col min="1" max="1" width="37.28515625" customWidth="1"/>
+    <col min="2" max="2" width="18.140625" customWidth="1"/>
+    <col min="5" max="5" width="10.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" s="11" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
-[...25 lines deleted...]
-      <c r="A2" s="156" t="s">
+    <row r="1" spans="1:2" ht="15" customHeight="1">
+      <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="156"/>
-[...21 lines deleted...]
-      <c r="A3" s="14" t="s">
+      <c r="B1" s="1"/>
+    </row>
+    <row r="2" spans="1:2" ht="15" customHeight="1">
+      <c r="A2" s="6"/>
+      <c r="B2" s="1"/>
+    </row>
+    <row r="3" spans="1:2" ht="15" customHeight="1">
+      <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="14">
-[...104 lines deleted...]
-      <c r="C4" s="5">
+      <c r="B3" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="5">
+    </row>
+    <row r="4" spans="1:2" ht="15" customHeight="1">
+      <c r="A4" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E4" s="5">
+      <c r="B4" s="3">
+        <v>4575.3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="15" customHeight="1">
+      <c r="A5" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="F4" s="5">
+      <c r="B5" s="3">
+        <v>2413.4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="15" customHeight="1">
+      <c r="A6" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G4" s="5">
+      <c r="B6" s="2">
+        <v>343.4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="15" customHeight="1">
+      <c r="A7" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="H4" s="5">
+      <c r="B7" s="2">
+        <v>345.7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="I4" s="5">
+      <c r="B8" s="2">
+        <v>455.7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="J4" s="5">
+      <c r="B9" s="2">
+        <v>312.7</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="K4" s="5">
+      <c r="B10" s="2">
+        <v>229.6</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="L4" s="5">
+      <c r="B11" s="2">
+        <v>474.9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="M4" s="5">
-[...178 lines deleted...]
-      <c r="Y6" s="79" t="s">
+      <c r="B12" s="3">
+        <v>1534.2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" s="2">
+        <v>144.5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B14" s="2">
+        <v>224.8</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="Z6" s="110"/>
-[...137 lines deleted...]
-      <c r="A9" s="50" t="s">
+      <c r="B15" s="2">
+        <v>405.7</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="51">
-[...81 lines deleted...]
-      <c r="A10" s="50" t="s">
+      <c r="B16" s="2">
+        <v>447.9</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="15" customHeight="1">
+      <c r="A17" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="51">
-[...118 lines deleted...]
-      <c r="A12" s="46" t="s">
+      <c r="B17" s="2">
+        <v>444.9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="15" customHeight="1">
+      <c r="A18" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="47">
-[...5234 lines deleted...]
-    </row>
+      <c r="B18" s="3">
+        <v>1373.2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="15" customHeight="1"/>
+    <row r="20" spans="1:5" ht="15" customHeight="1"/>
+    <row r="21" spans="1:5" ht="15" customHeight="1"/>
+    <row r="22" spans="1:5" ht="15" customHeight="1"/>
+    <row r="23" spans="1:5" ht="15" customHeight="1"/>
+    <row r="24" spans="1:5" ht="15" customHeight="1">
+      <c r="E24" s="8"/>
+    </row>
+    <row r="25" spans="1:5" ht="15" customHeight="1"/>
+    <row r="26" spans="1:5" ht="15" customHeight="1"/>
+    <row r="27" spans="1:5" ht="15" customHeight="1"/>
+    <row r="28" spans="1:5" ht="15" customHeight="1"/>
+    <row r="29" spans="1:5" ht="15" customHeight="1"/>
+    <row r="30" spans="1:5" ht="15" customHeight="1"/>
+    <row r="31" spans="1:5" ht="15" customHeight="1"/>
+    <row r="32" spans="1:5" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
   </sheetData>
-  <mergeCells count="16">
-[...29 lines deleted...]
-  <drawing r:id="rId2"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>hist12</vt:lpstr>
-      <vt:lpstr>hist12!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Reanrungroch Wanput</dc:creator>
+  <dc:title>SAS Output</dc:title>
+  <dc:creator>Doan Kimngoc T</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>