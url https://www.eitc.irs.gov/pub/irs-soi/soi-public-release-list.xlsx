--- v0 (2025-11-05)
+++ v1 (2026-02-10)
@@ -1,549 +1,518 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\wcdwb\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://irsgov-my.sharepoint.com/personal/qtjnb_ds_irsnet_gov/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{01CAB75F-ECFC-4F02-B68E-A07D49341167}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C5625062-EB13-4336-AA7A-8123D7622522}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="33555" yWindow="2430" windowWidth="23745" windowHeight="14670" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5D5EC302-0379-4802-9550-C5F125A28AF4}"/>
   </bookViews>
   <sheets>
     <sheet name="SOI Public Release List" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="query__14" localSheetId="0" hidden="1">'SOI Public Release List'!$A$2:$D$78</definedName>
+    <definedName name="query__39" localSheetId="0" hidden="1">'SOI Public Release List'!$A$2:$D$80</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
-[...15 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" odcFile="C:\Users\QTJNB\Downloads\query (14).iqy" keepAlive="1" name="query (14)" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
+  <connection id="1" xr16:uid="{3F7130CB-DB41-4735-ACBA-BED17D1E2F7C}" odcFile="C:\Users\QTJNB\Downloads\query (39).iqy" keepAlive="1" name="query (39)" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
     <dbPr connection="Provider=Microsoft.Office.List.OLEDB.2.0;Data Source=&quot;&quot;;ApplicationName=Excel;Version=12.0.0.0" command="&lt;LIST&gt;&lt;VIEWGUID&gt;C54177BC-21B2-4A47-B0BC-DD0768AB6BA5&lt;/VIEWGUID&gt;&lt;LISTNAME&gt;a8d0bd8a-46d4-46fc-a909-7d9b0708de11&lt;/LISTNAME&gt;&lt;LISTWEB&gt;https://irsgov.sharepoint.com/sites/soi/_vti_bin&lt;/LISTWEB&gt;&lt;LISTSUBWEB&gt;&lt;/LISTSUBWEB&gt;&lt;ROOTFOLDER&gt;&lt;/ROOTFOLDER&gt;&lt;/LIST&gt;" commandType="5"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="141">
-[...7 lines deleted...]
-    <t>This study provides data on International Boycott Reports, which are required of U.S. taxpayers to report business operations in, with, or related to countries participating in boycotts not sanctioned by the U.S. Government. Per IRC section 999(a), taxpayers are to report these operations annually with their Federal income tax returns. SOI collects these data from International Boycott Report (Form 5713) as part of its study on International Business  Tax Statistics, International Boycotts.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="137">
+  <si>
+    <t>Program Documentation: Data Items by Forms and Schedules (Publication 5384)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This annual publication contains federal tax forms, schedules, and information documents that the Statistics of Income (SOI) subject-matter branches have selected for their tax year programs. The specific data items captured for each study are indicated on facsimiles of the forms and schedules. Data from certain forms and schedules are collected periodically, rather than annually. For this reason, the contents of this document will vary somewhat from year to year. SOI collects these data to support IRS and SOI Operations.
+ </t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>SOI Bulletin, Fall Issue (Publication 1136)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The quarterly Statistics of Income (SOI) Bulletin provides data available from various tax and information returns filed by U.S. taxpayers. Data are analyzed from various types of tax and information returns, as well as information from periodic or special analytical studies of particular interest to the public, researchers, tax policymakers, and tax administrators. SOI publishes the Statistics of Income Bulletin quarterly: Winter, Spring, Summer, and Fall.
+  </t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>Projections, Publication 6292, Fall Issue</t>
+  </si>
+  <si>
+    <t>This semi-annual publication contains fiscal year return projections for the United States by major return categories and by business operating divisions (for selected categories).</t>
+  </si>
+  <si>
+    <t>Projections, Publication 6187</t>
+  </si>
+  <si>
+    <t>This annual publication contains calendar year projections of individual returns by major processing categories important to IRS planning operations, by selected years and areas.</t>
+  </si>
+  <si>
+    <t>Projections, Publication 6186</t>
+  </si>
+  <si>
+    <t>This annual publication contains calendar year return projections for approximately 50 different types of individual, business, and tax-exempt return types for the U.S. and IRS Campuses.</t>
+  </si>
+  <si>
+    <t>Individuals, W-2 Tabulations</t>
+  </si>
+  <si>
+    <t>This annual study produces statistical tables providing detailed information about individual wages, tax withholding, elective deferral contributions, and retirement plan participation.</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>Partnerships, Withholding on Foreign Recipients of U.S. Income</t>
+  </si>
+  <si>
+    <t>This annual study provides data on U.S. partnership payments to foreign partners and are classified by country and recipient type. These data from U.S. partnerships show the amount of effectively connected taxable income and the total tax credit allocable to the foreign partner for the partnership’s tax year. Data is collected from those who file Foreign Partner’s Information Statements of Section 1446 Withholding Tax (Forms 8805). SOI collects these data as part of its International Tax Statistics program, Foreign Recipients of U.S. Partnership Income Statistics.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>Corporations, Controlled Foreign Corporations</t>
-[...56 lines deleted...]
-    <t>This annual publication provides estimates of the frequencies and amounts of the entries on the lines of the forms and schedules as shown in the respective Individual SOI Complete Report weighted file. Estimates are based on returns filed in a specific processing year that were statistically sampled and then weighted to estimate the entire tax year. This publication includes corresponding dollar amounts of selected lines filed in concurrence with the number of returns filed. Data is collected from those who filed a U.S. Individual Income Tax Returns (Forms 1040). SOI collects these data as part of its Individual Income Tax Return (Form 1040) Statistics program, Individual Income Tax Returns, Line Item Estimates.</t>
+    <t>Individuals, Foreign Person’s Real Property Tax</t>
+  </si>
+  <si>
+    <t>This annual study provides data on distributions of U.S. real property interests by foreign persons ( (F8288-A)</t>
+  </si>
+  <si>
+    <t>Individuals, Withholding on Foreign Recipients of U.S. Income</t>
+  </si>
+  <si>
+    <t>This annual study provides data by selected countries on income paid to nonresident aliens and the amount of tax withheld for the U.S. Government. Data are collected from Foreign Person's U.S. Source Income Subject to Withholding (Form 1042-S) and include the number of returns filed, total income claimed, the amount of tax withheld, income subject to withholding, income exempt from withholding, and income by category. The data also include statistics on returns reporting payments and amounts withheld pursuant to Chapter 4 of the Internal Revenue Code and statistics on the number of returns, total income, tax withheld, income subject to withholding, and income exempt from withholding.</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>Individuals, Mid-November Filing Season Statistics</t>
   </si>
   <si>
     <t>This study presents data from the population of all U.S. Individual Income Tax Returns (Forms 1040) processed by the IRS at three critical points during the calendar year: late-May, mid-July, and mid-November. Data are presented for selected sources of income, deductions, credits, and individual income taxes. The tables are classified by size of adjusted gross income.</t>
   </si>
   <si>
-    <t>2023</t>
-[...47 lines deleted...]
-    <t>This annual study provides detailed geographic data at the metropolitan and micropolitan statistical area level. These data are based on SOI's county data and provide a more in-depth analysis of urban core populations of 50,000 or more for metro areas and at least 10,000 (but less than 50,000) for micro areas. Data are classified by size of adjusted gross income and collected from the U.S. Individual Income Tax Returns (Forms 1040) filed with the IRS. SOI collects these data as part of its Individual Income Tax Return (Form 1040) Statistics program, Data by Geographic Areas, County, Metropolitan and Micropolitan Data.</t>
+    <t>Individuals, State and County Migration data</t>
+  </si>
+  <si>
+    <t>This annual study provides migration pattern data for the United States by State or by county and are available for inflows (the number of new residents who moved to a State or county and where they migrated from) and outflows (the number of residents who left a State or county and where they moved to). The data include the number of returns filed, number of personal exemptions claimed, total adjusted gross income, and aggregate migration flows at the State level, by the size of adjusted gross income (AGI) and by age of the primary taxpayer. Data are collected and based on year-to-year address changes reported on U.S. Individual Income Tax Returns (Form 1040) filed with the IRS. SOI collects these data as part of its Individual Income Tax Return (Form 1040) Statistics program, Data by Geographic Areas, U.S. Population Migration Data.</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Individuals, Returns with Business Attributes</t>
+  </si>
+  <si>
+    <t>Data presented for income tax returns that contain small business income or losses. These include income from Schedule C, Profit or Loss from Business (Sole Proprietorship), Schedule E, Supplemental Income and Loss, and Schedule F, Profit or Loss from Farming. The data will provide additional background and makeup of these individual business returns, including data on income items, adjustments, credits, and taxes.</t>
+  </si>
+  <si>
+    <t>Individuals, Individual Income Tax Returns Tables and Complete Report (Publication 1304)</t>
+  </si>
+  <si>
+    <t>These annual tables provides comprehensive data on individual income tax returns based on a sample drawn from Forms 1040, U.S. Individual Income Tax Returns selected before audit. The sample represents the population of Forms 1040 and 1040-SR, including electronic returns, filed with the IRS for a given tax year. An Individual Income Tax Returns Complete Report (Publication 1304) accompanies these tables and includes an introduction, changes in law, an analysis of current-year data, discussions on tax rates and tax shares, explanations of terms, description of the sample, and an index. Section 5 provides a list of and links to the Excel tables described above, which provide statistics on returns filed, sources of income, adjusted gross income, deductions, taxable income, income tax, modified taxable income, tax credits, self-employment tax, and tax payments. SOI publishes these data as part of its Individual Income Tax Return (Form 1040) Statistics program.</t>
+  </si>
+  <si>
+    <t>Individuals, Nonfarm Sole Proprietorships</t>
+  </si>
+  <si>
+    <t>This annual study on nonfarm sole proprietorships includes business receipts, deductions, and net income classified by industry group. Data reported for a specific tax year are based on returns filed through December 31 of the following year by individual taxpayers on Profit or Loss From Business (Form 1040, Schedule C). SOI collects these data as part of its Business Tax Statistics program, Nonfarm Sole Proprietorship Statistics.</t>
   </si>
   <si>
     <t>SOI Bulletin, Winter Issue (Publication 1136)</t>
   </si>
   <si>
     <t xml:space="preserve">The quarterly Statistics of Income (SOI) Bulletin provides data available from various tax and information returns filed by U.S. taxpayers. Data are analyzed from various types of tax and information returns, as well as information from periodic or special analytical studies of particular interest to the public, researchers, tax policymakers, and tax administrators. SOI publishes the Statistics of Income Bulletin quarterly: Winter, Spring, Summer, and Fall.
  </t>
   </si>
   <si>
-    <t>2025</t>
-[...5 lines deleted...]
-    <t>This annual study provides data on unrelated business income and deductions for organizations classified as tax exempt under the Internal Revenue Code. The tax on unrelated business income applies to most organizations exempt from tax under section 501(a). These organizations include charitable, religious, scientific, and other organizations described in section 501(c), as well as employees' trusts forming part of pension, profit-sharing, and stock bonus plans described in section 401(a). SOI collects these data from Exempt Organizations Business Income Tax Returns (Forms 990-T) as part of its study on Charitable and Exempt Organization Statistics, Unrelated Business Income Tax.</t>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Tax-Exempt Organizations (Private Foundations)</t>
+  </si>
+  <si>
+    <t>This annual study provides balance sheet and income statement data, as well as data on excise tax liability, charitable distributions, and administrative expenditures, for domestic private foundations and charitable trusts. SOI collects these data from Return of Private Foundations (Form 990-PF) as part of its Charitable and Tax-Exempt Organization Statistics, Domestic Private Foundation and Charitable Trust Statistics Program.</t>
+  </si>
+  <si>
+    <t>Bonds, Tax-Exempt and Government and Private Activity</t>
+  </si>
+  <si>
+    <t>This annual study provides information on governmental and private activity bonds by items such as size of face amount, State, and type of property financed. SOI collects these data from Information Returns for Tax-Exempt Private Activity Bond Issues (Forms 8038) and Information Returns for Tax-Exempt Governmental Bonds (Forms 8038-G) as part of its Tax-Exempt Bond Statistics studies.</t>
+  </si>
+  <si>
+    <t>Individuals, Return Line Item Estimates (Publication 4801)</t>
+  </si>
+  <si>
+    <t>This annual publication provides estimates of the frequencies and amounts of the entries on the lines of the forms and schedules as shown in the respective Individual SOI Complete Report weighted file. Estimates are based on returns filed in a specific processing year that were statistically sampled and then weighted to estimate the entire tax year. This publication includes corresponding dollar amounts of selected lines filed in concurrence with the number of returns filed. Data is collected from those who filed a U.S. Individual Income Tax Returns (Forms 1040). SOI collects these data as part of its Individual Income Tax Return (Form 1040) Statistics program, Individual Income Tax Returns, Line Item Estimates.</t>
+  </si>
+  <si>
+    <t>Individuals, Sales of Capital Assets</t>
+  </si>
+  <si>
+    <t>This study provides detailed data on the sales of capital assets reported in the capital gains schedule of the individual income tax return, and on sales of residences and personal or depreciable business property.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>Corporations, Multi-National Enterprise (Form 8975/8975 Schedule A) Study</t>
   </si>
   <si>
     <t>This annual study reports certain information with respect to the filer's multinational enterprise (MNE) group on a country-by-country basis. The filer reports the U.S. MNE group's business entities, indicating each entity's tax jurisdiction, country of organization, main business activity, and selected financial information for each tax jurisdiction in which the U.S. MNE does business. SOI collects these data from U.S. corporations that file Country-by Country Report (Form 8975) and its associated Tax Jurisdiction and Constituent Entity Information (Form 8975, Schedule A) as part of its International Business Tax Statistics program, Country-by-Country Report.</t>
   </si>
   <si>
-    <t>Tax-Exempt Organizations (Private Foundations)</t>
-[...2 lines deleted...]
-    <t>This annual study provides balance sheet and income statement data, as well as data on excise tax liability, charitable distributions, and administrative expenditures, for domestic private foundations and charitable trusts. SOI collects these data from Return of Private Foundations (Form 990-PF) as part of its Charitable and Tax-Exempt Organization Statistics, Domestic Private Foundation and Charitable Trust Statistics Program.</t>
+    <t>Individuals, High-Income Returns Study</t>
+  </si>
+  <si>
+    <t>This annual study provides detailed data on individual income tax returns with adjusted gross income or expanded income greater than $200,000. It also examines high-income nontaxable returns (HINTs) and the reason for nontaxability. SOI collects these data from U.S. Individual Income Tax Returns (Forms 1040) as part of its annual study on  Individual Tax Return (Form 1040)  Statistics, Individual High Income Tax Returns.</t>
+  </si>
+  <si>
+    <t>Individuals, Noncash Charitable Contributions</t>
+  </si>
+  <si>
+    <t>This annual study provides data on individual taxpayers whose noncash donations exceed $500 when reported as charitable contributions. Data include detailed asset donations, descriptions of the donees, donor cost, fair market value, and the deduction claimed. SOI collects these data from U.S. Individual Income Tax Returns (Forms 1040), Itemized Deductions (Schedule A) with Noncash Charitable Contributions (Forms 8283) attached as part of its Individual Income Tax Returns (Form 1040) Statistics program.</t>
   </si>
   <si>
     <t>Individuals, Information Returns, Line Item Estimates (Publication 5385)</t>
   </si>
   <si>
-    <t>This 2022 Statistics of Income (SOI) Information Returns, line item estimates publication provides estimates of frequencies and amounts of the entries on the lines of the forms filed for selected information returns that accompany the 2022 Individual SOI complete report weighted file. The estimates presented here are based on returns filed in Processing Year  2022 and 2023 that were sampled statistically and then weighted to estimate the entire 2022 Tax Year.</t>
+    <t xml:space="preserve">This Statistics of Income (SOI) Information Returns, line item estimates publication provides estimates of frequencies and amounts of the entries on the lines of the forms filed for selected information returns that accompany the Individual SOI complete report weighted file. </t>
+  </si>
+  <si>
+    <t>IRS Data Book (Publication 55B)</t>
+  </si>
+  <si>
+    <t>The Internal Revenue Service (IRS) Data Book is published annually to provide a snapshot of agency activities. The publication contains statistical tables and organizational information on a fiscal year basis. The report provides data on returns filed, taxes collected, and refunds issued, enforcing the law, assisting the taxpayer, and the IRS budget and workforce. SOI also publishes an online graphical version of this publication on its Tax Stats Web page as part of its ongoing support of IRS Operations.</t>
+  </si>
+  <si>
+    <t>Individual Retirement Arrangements</t>
+  </si>
+  <si>
+    <t>This annual study contains Form W-2 and SSA-records, as well as selected other information documents from the Information Returns Master File for primary and secondary taxpayers, as well as their dependents, for all returns processed through the individual SOI systems.</t>
   </si>
   <si>
     <t>SOI Bulletin, Spring Issue (Publication 1136)</t>
-  </si>
-[...1 lines deleted...]
-    <t>The Internal Revenue Service (IRS) Data Book is published annually to provide a snapshot of agency activities. The publication contains statistical tables and organizational information on a fiscal year basis. The report provides data on returns filed, taxes collected, and refunds issued, enforcing the law, assisting the taxpayer, and the IRS budget and workforce. SOI also publishes an online graphical version of this publication on its Tax Stats Web page as part of its ongoing support of IRS Operations.</t>
   </si>
   <si>
     <t>IRS Research Bulletin (Publication 1500)</t>
   </si>
   <si>
     <t xml:space="preserve">The annual IRS Research Bulletin (Publication 1500) features selected papers from the prior year’s IRS-Tax Policy Center Research Conference on Tax Administration. This conference highlights research on all aspects of tax administration and promotes dialogue among IRS, stakeholders, academics, and other tax administrators to stay abreast of the latest trends and research findings affecting tax administration. Statistics of Income’s (SOI’s) parent organization, Research, Applied Analytics, and Statistics, co-hosts the annual conference and publishes the IRS Research Bulletin with SOI to ensure this research is available as widely as possible.
  </t>
   </si>
   <si>
+    <t>Individuals, State Data</t>
+  </si>
+  <si>
+    <t>This annual study provides individual income and tax data, for all 50 States, plus the District of Columbia, and other areas, by size of adjusted gross income who filed during a 12-month period, January 1-December 31. Data are tabulated based on the address shown on the tax return filed with the IRS. SOI collects these data from U.S. Individual Income Tax Returns (Forms 1040), and is a part of its Individual Income Tax Return (Form 1040) Statistics program, specifically Data by Geographic Areas, State Data.</t>
+  </si>
+  <si>
+    <t>Individuals, ZIP Code Data</t>
+  </si>
+  <si>
+    <t>This annual study provides selected income and tax items classified by State, ZIP Code, and the size of adjusted gross income. These data include the number of returns, which approximates the number of households; the number of personal exemptions, which approximates the population; adjusted gross income; wages and salaries; dividends before exclusion; and interest received. Data are based who reported on U.S. Individual Income Tax Returns (Forms 1040) filed with the IRS. SOI collects these data as part of its Individual Income Tax Return (Form 1040) Statistics program, Data by Geographic Areas, ZIP Code Data.</t>
+  </si>
+  <si>
+    <t>Individuals, County Data</t>
+  </si>
+  <si>
+    <t>This annual study provides county income and tax data (and State totals) that include the number of returns, which approximates the number of households; number of personal exemptions, which approximates the population; adjusted gross income; wages and salaries; dividends before exclusion; and interest received. Data are based on the addresses reported on U.S. Individual Income Tax Returns (Forms 1040) filed with the IRS. SOI collects these data as part of its annual study on Individual Tax Return Statistics by Geographic Areas, County Data.</t>
+  </si>
+  <si>
+    <t>Individuals, State Income Tax Percentile Tabulations</t>
+  </si>
+  <si>
+    <t>This annual study provides data on adjusted gross income (AGI) percentile data by State for a given tax year. The data present the number of individual income tax returns, total income tax, AGI floor percentiles, average tax rates, and sources of income, by selected descending cumulative percentiles. The data include all 50 states, as well as the District of Columbia. SOI collects these data as part of its annual study on Individual Income Tax Return (Form 1040) Statistics program, Individual Statistical Tables by Tax Rate and Income Percentile.</t>
+  </si>
+  <si>
+    <t>Individuals, Metropolitan and Micropolitan Data</t>
+  </si>
+  <si>
+    <t>This annual study provides detailed geographic data at the metropolitan and micropolitan statistical area level. These data are based on SOI's county data and provide a more in-depth analysis of urban core populations of 50,000 or more for metro areas and at least 10,000 (but less than 50,000) for micro areas. Data are classified by size of adjusted gross income and collected from the U.S. Individual Income Tax Returns (Forms 1040) filed with the IRS. SOI collects these data as part of its Individual Income Tax Return (Form 1040) Statistics program, Data by Geographic Areas, County, Metropolitan and Micropolitan Data.</t>
+  </si>
+  <si>
     <t>Individuals, Late May Filing Season Statistics</t>
   </si>
   <si>
-    <t>This annual study provides microdata extract files containing selected financial data collected annually for program administrative purposes from the population of three IRS information returns, Return of Organization Exempt from Income Tax  (Forms 990 and 990-EZ) and Return of Private Foundation (Form 990-PF), filed by active organizations in a given calendar year. SOI produces these extracts as part of its studies of Tax-Exempt Organization Population Data.</t>
-[...2 lines deleted...]
-    <t>This annual study provides information on governmental and private activity bonds by items such as size of face amount, State, and type of property financed. SOI collects these data from Information Returns for Tax-Exempt Private Activity Bond Issues (Forms 8038) and Information Returns for Tax-Exempt Governmental Bonds (Forms 8038-G) as part of its Tax-Exempt Bond Statistics studies.</t>
+    <t>Individuals, Estate Tax</t>
+  </si>
+  <si>
+    <t>This annual study provides data on gross estates and its composition, deductions, tax, and information on the age, sex, and marital status of decedents, and whose at death gross assets, the "gross estate," exceed the filing threshold. Basic estate tax return data, by year in which returns are filed, are produced each year. Other statistics are available on a year-of-death basis (approximately every 3 years). SOI collects these data from United States Estate (and Generation Skipping Transfer) Tax Returns (Forms 706) as part of its Individual Income Tax Statistics program, and Personal Wealth Statistics study.</t>
+  </si>
+  <si>
+    <t>Tax-Exempt Organizations, Excise Taxes</t>
   </si>
   <si>
     <t>This annual study provides processing year data on taxes on prohibited activities reported by private foundations, charities, and split-interest trusts. Error-corrected data, derived from the Business Returns Transaction file, are extracted for the entire calendar year, regardless of the tax year represented. These data are collected from Return of Certain Excise Taxes Under Chapters 41 and 42 of the Internal Revenue Code (Form 4720). SOI examines these data as part of its studies on Charitable and Exempt Organizations.</t>
   </si>
   <si>
     <t>Individuals, Amended Returns</t>
   </si>
   <si>
+    <t>This study seeks to measure the impact that amended returns has on SOI tax return statistics and quantifies the utilization of amending returns</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>SOI Bulletin, Summer Issue (Publication 1136)</t>
+  </si>
+  <si>
     <t>Excise Taxes</t>
   </si>
   <si>
     <t>This table, updated annually on a fiscal year basis, presents excise tax data from the (1) IRS Chief Financial Officer (CFO), (2) IRS Statistics of Income Division (SOI), (3) Alcohol and Tobacco Tax and Trade Bureau (TTB), (4) the U.S. Customs Service, and (5) the Treasury Department.  The data include the excise taxes levied on the manufacture, sale, or consumption of commodities as well as certain activities. The Internal Revenue Service provides data on excise tax revenue for categories such as: Retail, Manufacturers, Facilities and Services, Policies Issued by Foreign Insurers, Environmental, Affordable Care Act (ACA) and certain other Excise taxes. Affordable Care Act (ACA) taxes and fees are included beginning with Fiscal Year 2010, depending upon the provision. The Alcohol and Tobacco Tax and Trade Bureau data include excise taxes from alcohol and tobacco. The source of excise taxes from Imports comes from U.S. Customs and Border Protection Agency reports, while those on private foundations come from SOI.</t>
   </si>
   <si>
-    <t>SOI Bulletin, Summer Issue (Publication 1136)</t>
+    <t>Individuals, Income Tax Returns for Estates and Trusts</t>
+  </si>
+  <si>
+    <t>This annual study presents data from the population of all U.S. Income Tax Returns for Estates and Trusts (Form 1041) processed by the IRS during a calendar year. Data are classified by taxable income and size of total income. Within these brackets, aggregated dollar amounts for income line items, deductions and exemptions, taxable income, tax liability, and credits reported on the form are presented.</t>
   </si>
   <si>
     <t>Individuals, Mid-July Filing Season Statistics</t>
   </si>
   <si>
     <t>Projections, Publication 6292, Spring issue</t>
   </si>
   <si>
     <t>This semi-annual publication contains multi-year projections of the number of tax returns to be filed with the IRS by fiscal year of filing, major return categories, and business operating divisions (for selected categories). This publication is updated spring and fall and includes detailed projections by approximately 50 different individual, business and tax-exempt return types, such as Form 1040, Form 1120, Form 941 and Form 990. Publication 6292 is one of five publications developed by SOI to provide statistical Projections of Federal Tax Return Filings.</t>
   </si>
   <si>
-    <t xml:space="preserve">2025 </t>
-[...1 lines deleted...]
-  <si>
     <t>Projections, Publication 6961</t>
   </si>
   <si>
     <t>This annual publication contains calendar year projections of information and withholding documents.</t>
   </si>
   <si>
-    <t>Heavy Highway Vehicle Use Tax Return, Calendar Years 2014-2025 (Q2 Release)</t>
+    <t>Heavy Highway Vehicle Use Tax Return, Calendar Years 2014-2026 (Q2 Release)</t>
   </si>
   <si>
     <t>Data presented include the number of electronically filed heavy highway vehicles use tax returns (Form 2290) by month at the National level.</t>
   </si>
   <si>
+    <t>Corporations, Corporation Income Tax Returns Tables and Complete Report (Publication 16)</t>
+  </si>
+  <si>
     <t xml:space="preserve">These annual tables provide detailed statistics based on Forms 1120, U.S. Corporation Income Tax Returns, and Forms 1120-S, U.S. Income Tax Return for an S Corporation selected before audit. Tables provide data on assets, liabilities, receipts, deductions, net income, income subject to tax, tax, and credits. Classifications are by industry, form type, size of total assets, size of business receipts, and other selected classifiers. A Corporation Income Tax Returns Complete Report (Publication 16) accompanies these tables and includes an introduction, changes in law and regulations, a description of the sample and limitations of the data, and an explanation of terms. Section 4 provides a list of and links to the Excel tables on corporations and separately for S corporations, which are described above. SOI publishes these data as part of its study on Corporation Tax Statistics. </t>
   </si>
   <si>
+    <t>Tax-Exempt Organizations (Except Private Foundations)</t>
+  </si>
+  <si>
+    <t>This annual study provides balance sheet and income statement data for nonprofit charitable organizations classified as tax exempt under subsections 501(c)(3) through 501(c)(9) of the Internal Revenue Code. SOI collects these data from Returns of Organizations Exempt from Income Tax (Form 990 series) as part of its annual study on Charitable and Exempt Organization Statistics, Tax-Exempt Organizations Program.</t>
+  </si>
+  <si>
     <t>Corporations, Base Erosion and Anti-Abuse Tax</t>
   </si>
   <si>
-    <t>This biennial study provides data from Form 8991 on base erosion payments of taxpayers with substantial gross receipts reported on corporation foreign income tax returns.</t>
+    <t>This study provides data from Form 8991 on base erosion payments of taxpayers with substantial gross receipts reported on corporation foreign income tax returns.</t>
+  </si>
+  <si>
+    <t>Corporations, Foreign Controlled Domestic</t>
+  </si>
+  <si>
+    <t>This annual study covers domestic corporations with 50-percent or more stock ownership by a single foreign “person.” It provides balance sheet, income statement, and tax-related data, which are classified by industry group, country of the owner, and age of the corporation. SOI collects these data from U.S. Corporation Income Tax Returns (Forms 1120 series) as part of its Corporate Tax Statistics program, Foreign-Controlled Domestic Corporations study.</t>
+  </si>
+  <si>
+    <t>Corporations, Income Tax Returns Line Item Estimates (Publication 5108)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This annual publication contains estimates of frequencies of taxpayer entries and estimates of monetary amounts recorded on the applicable lines of the forms and schedules filed on returns selected for the Corporation Program. </t>
   </si>
   <si>
     <t>Corporate Foreign Tax Credit</t>
   </si>
   <si>
     <t>This annual study provides data on foreign income and taxes reported by U.S. corporations claiming foreign tax credits. These credits reduce or eliminate the double taxation of income earned overseas. SOI collects these data from Foreign Tax Credit—Corporations (Forms 1118) as part of its annual study on International Business Tax Statistics, Corporate Foreign Tax Credits.</t>
   </si>
   <si>
-    <t>This annual study provides data on gross estates and its composition, deductions, tax, and information on the age, sex, and marital status of decedents, and whose at death gross assets, the "gross estate," exceed the filing threshold. Basic estate tax return data, by year in which returns are filed, are produced each year. Other statistics are available on a year-of-death basis (approximately every 3 years). SOI collects these data from United States Estate (and Generation Skipping Transfer) Tax Returns (Forms 706) as part of its Individual Income Tax Statistics program, and Personal Wealth Statistics study.</t>
-[...45 lines deleted...]
-    <t xml:space="preserve">This periodic study produces a fully synthetic public-use individual income data file that represents information found on individual information returns while maintaining complete taxpayer confidentiality.  </t>
+    <t>Corporations, International Boycott Report</t>
+  </si>
+  <si>
+    <t>This study provides data on International Boycott Reports, which are required of U.S. taxpayers to report business operations in, with, or related to countries participating in boycotts not sanctioned by the U.S. Government. Per IRC section 999(a), taxpayers are to report these operations annually with their Federal income tax returns. SOI collects these data from International Boycott Report (Form 5713) as part of its study on International Business  Tax Statistics, International Boycotts.</t>
+  </si>
+  <si>
+    <t>Corporations, Global Intangible Low-Taxed Income (GILTI)</t>
+  </si>
+  <si>
+    <t>This biennial study provides data from Form 8992 on U.S. shareholders of controlled foreign corporations’ global intangible low-taxed income inclusions under section 951A and its related regulations.</t>
+  </si>
+  <si>
+    <t>Section 250 Deduction for Foreign-Derived Intangible Income (FDII) and Global Intangible Low-Taxed Income (GILTI)</t>
+  </si>
+  <si>
+    <t>This biennial study provides data from Form 8993 on U.S. corporations’ foreign-derived intangible income (FDII) deductions and global intangible low-taxed income (GILTI) deductions under section 250 and its related regulations.</t>
+  </si>
+  <si>
+    <t>Corporations, Transactions of Foreign-Owned Domestic Corporations</t>
+  </si>
+  <si>
+    <t>This biennial study provides data for foreign-owned domestic corporations with total receipts of $500 million or more and with forms 5472 attached to a Form 1120.</t>
   </si>
   <si>
     <t>Tax Gap Estimates and Projections</t>
   </si>
   <si>
     <t>The Internal Revenue Service periodically estimates the tax gap and annually updates the projections of the tax tap to gauge and forecast the overall extent and nature of noncompliance and provides updated projections. The estimates and projections account for federal taxes due as well as refundable and non-refundable tax credits. The gross tax gap comprises three components: nonfiling (tax not paid on time by those who do not file required returns on time), underreporting (tax understated on timely filed returns), and underpayment (tax that was reported on time, but not paid on time). The net tax gap is the gross tax gap less tax that subsequently will be paid, either voluntarily but late or collected through IRS administrative and enforcement activities.</t>
   </si>
   <si>
-    <t>This annual study provides detailed data on individual income tax returns with adjusted gross income or expanded income greater than $200,000. It also examines high-income nontaxable returns (HINTs) and the reason for nontaxability. SOI collects these data from U.S. Individual Income Tax Returns (Forms 1040) as part of its annual study on  Individual Tax Return (Form 1040)  Statistics, Individual High Income Tax Returns.</t>
-[...39 lines deleted...]
-    <t>This annual study provides data by selected countries on income paid to nonresident aliens and the amount of tax withheld for the U.S. Government. Data are collected from Foreign Person's U.S. Source Income Subject to Withholding (Form 1042-S) and include the number of returns filed, total income claimed, the amount of tax withheld, income subject to withholding, income exempt from withholding, and income by category. The data also include statistics on returns reporting payments and amounts withheld pursuant to Chapter 4 of the Internal Revenue Code and statistics on the number of returns, total income, tax withheld, income subject to withholding, and income exempt from withholding.</t>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Individuals, Estate Tax Year of Death </t>
+  </si>
+  <si>
+    <t xml:space="preserve">This triennial study provides data on gross estates and its composition, deductions, tax, and information on the age, sex, and marital status of decedents, and whose at death gross assets, the "gross estate" exceed the filing threshold. Basic estate tax return data, for a specific tax year.  SOI collects these data from United States Estate (and Generation Skipping Transfer) Tax Returns (Forms 706) as part of its Individual Income Tax Statistics program, and the are used to produce SOI's Personal Wealth Statistics study.
+</t>
+  </si>
+  <si>
+    <t>Unincorporated Business State and County Data</t>
+  </si>
+  <si>
+    <t>This annual study provides selected, unedited state and county financial data based on information individual owners of unincorporated businesses report on the Form 1040, Schedule C, Profit or Loss From Business, and the Form 1065, U.S. Return of Partnership Income as part of the Business Tax Statistics program, Integrated Business Data.</t>
   </si>
   <si>
     <t>Partnership Returns Line Item Estimates (Publication 5035)</t>
   </si>
   <si>
     <t>This annual publication is based on the SOI sample taken from partnership returns filed with the IRS. It presents population estimates of the frequencies of entries and of the dollar amounts that taxpayers record on the lines of U.S. Return of Partnership Income (Form 1065), as well as selected forms and schedules filed with partnership returns. SOI publishes these data annually as part of its study of Business Tax Statistics, Partnerships.</t>
   </si>
   <si>
+    <t>Heavy Highway Vehicle Use Tax Return, Calendar Years 2014-2026 (Q3 Release)</t>
+  </si>
+  <si>
+    <t>This study provides the number of electronically filed Heavy Highway Vehicle Use Tax Returns (Forms 2290) by month at the National level. SOI updates these data two times per calendar year. This study is included in a series of statistical Projections of Federal Tax Return Filings, Supplemental Tables.</t>
+  </si>
+  <si>
     <t>Partnerships, Final Tables</t>
   </si>
   <si>
     <t>This annual study provides data on partnerships based on industrial classification, size of assets, size of partnership, size of income, and other selected items. SOI collects these data from U.S. Return of Partnership Income (Form 1065) and selected related attachments. Based on the record information it collected, perfected, and analyzed from the sample of partnership returns, SOI produces text, figures, tables, and statistics for publication in the SOI Bulletin and on SOI’s Tax Stats Web page. SOI collects these data as part of its annual study of Business Tax Statistics, Partnerships.</t>
   </si>
   <si>
-    <t>Individuals, W-2 Tables</t>
-[...32 lines deleted...]
-    <t>Source: Statistics of Income, revised September 15, 2025.</t>
+    <t>Projections, Publication 6149</t>
+  </si>
+  <si>
+    <t>This annual publication contains multi-year projections by State of the number of tax returns to be filed with the IRS as determined by the addresses on the tax returns. It includes detailed projections for approximately 50 different individual, business, and tax-exempt return types (such as Forms 1040, 1120, 941, and 990) by filing medium (paper versus electronic). Publication 6149 is one of five publications developed by the SOI Division, providing Projections of Federal Tax Return Filings.</t>
+  </si>
+  <si>
+    <t>Individuals, Gift Tax</t>
+  </si>
+  <si>
+    <t>This annual study provides data collected by filing year on the donors and recipients of gifts that exceed the annual exclusion. Data include gift types and amounts, lifetime gifts, gift splitting, and tax liabilities. Data are collected from United States Gift (and Generation-Skipping Transfer) Tax Returns (Form 709) filed with the IRS. SOI collects these data as part of its Estate, Gift, and Trust Statistics program, Gift Tax Statistics.</t>
+  </si>
+  <si>
+    <t>Corporations, Controlled Foreign Corporations</t>
+  </si>
+  <si>
+    <t>This bi-annual study provides information on assets, receipts, earnings, taxes, distributions, subpart F income, and related party transactions for U.S. corporations and their controlled foreign corporations. Data are collected from Forms 5471.</t>
   </si>
   <si>
     <t>Date of Public Release</t>
   </si>
   <si>
     <t>Program Name</t>
   </si>
   <si>
     <t>Program Content and Frequency</t>
   </si>
   <si>
     <t>Program Year</t>
   </si>
   <si>
-    <t>Individuals, Return Line Item Estimates (Publication 4801)</t>
-[...26 lines deleted...]
-    <t>Program Documentation: Data Items by Forms and Schedules, (Publication 5384)</t>
+    <t>Statistics of Income Public Release List, Calendar Year 2026</t>
+  </si>
+  <si>
+    <t>Source: Statistics of Income, revised January 15, 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
-      <name val="Calibri Light"/>
+      <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -602,66 +571,66 @@
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FF7F7F7F"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="6.5"/>
-      <color theme="1"/>
+      <u/>
+      <sz val="10"/>
+      <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <u/>
-[...1 lines deleted...]
-      <color theme="10"/>
+      <sz val="6.5"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
@@ -962,76 +931,73 @@
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="42" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="20" fillId="0" borderId="0" xfId="42" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
@@ -1045,159 +1011,160 @@
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Hyperlink" xfId="42" builtinId="8"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="5">
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="30" formatCode="@"/>
-      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
-      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="top" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="query (14)" backgroundRefresh="0" connectionId="1" xr16:uid="{00000000-0016-0000-0000-000000000000}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="query (39)" backgroundRefresh="0" connectionId="1" xr16:uid="{16FEB63F-2603-494E-90D9-33CAEB7E8005}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="8">
     <queryTableFields count="4">
       <queryTableField id="4" name="DateOfPublicRelease" tableColumnId="1"/>
       <queryTableField id="1" name="ProgramName" tableColumnId="2"/>
       <queryTableField id="2" name="ProgramContentAndFrequency" tableColumnId="3"/>
       <queryTableField id="3" name="ProgramYear" tableColumnId="4"/>
     </queryTableFields>
     <queryTableDeletedFields count="3">
       <deletedField name="Item Type"/>
       <deletedField name="Path"/>
       <deletedField name="IRS.gov/statisticsLandingPage"/>
     </queryTableDeletedFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table_query__14" displayName="Table_query__14" ref="A2:D78" tableType="queryTable" totalsRowShown="0" dataDxfId="4">
-[...2 lines deleted...]
-    <sortCondition ref="A2:A78"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{41B6AF68-204D-4F4E-968B-75A6C2550D3F}" name="Table_query__39" displayName="Table_query__39" ref="A2:D80" tableType="queryTable" totalsRowShown="0" dataDxfId="4">
+  <autoFilter ref="A2:D80" xr:uid="{41B6AF68-204D-4F4E-968B-75A6C2550D3F}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:D80">
+    <sortCondition ref="A3:A80"/>
+    <sortCondition ref="B3:B80"/>
   </sortState>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" uniqueName="Date_x005f_x0020_of_x005f_x0020_Public_x000a" name="Date of Public Release" queryTableFieldId="4" dataDxfId="3"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" uniqueName="Program_x005f_x000a_Year" name="Program Year" queryTableFieldId="3" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{89651B29-8B84-43F0-AA19-4432E01E55DB}" uniqueName="Date_x005f_x0020_of_x005f_x0020_Public_x000a" name="Date of Public Release" queryTableFieldId="4" dataDxfId="2"/>
+    <tableColumn id="2" xr3:uid="{D1442BB7-9C80-4C4F-9BE6-641DCFB2AF62}" uniqueName="Project_x005f_x0020_name" name="Program Name" queryTableFieldId="1" dataDxfId="3" dataCellStyle="Hyperlink"/>
+    <tableColumn id="3" xr3:uid="{62A19067-B101-41DA-9786-0A638619615C}" uniqueName="Program_x005f_x0020_Content_x005f_x0020_and_" name="Program Content and Frequency" queryTableFieldId="2" dataDxfId="1"/>
+    <tableColumn id="4" xr3:uid="{DCFC4EA6-A95C-4AF5-A37F-27908137F4FD}" uniqueName="Program_x005f_x000a_Year" name="Program Year" queryTableFieldId="3" dataDxfId="0"/>
   </tableColumns>
-  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="TableStyleMedium5" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1205,51 +1172,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1257,51 +1224,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1316,65 +1283,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1395,1448 +1362,1312 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-data-by-geographic-area" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-accumulation-and-distribution-of-individual-retirement-arrangements" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-soi-bulletins" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6961" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-soi-bulletins" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-excise-tax-statistics" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-international-tcja-studies" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-corporation-income-tax-returns-line-item-estimates-publication-5108" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/irs-the-tax-gap" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-public-use-microdata-files" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-information-return-form-w2-statistics" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-fiscal-year-projections-publication-6292" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6149" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6149" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-foreign-controlled-domestic-corporations" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-noncash-charitable-contributions" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/filing-season-statistics" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-domestic-private-foundation-and-charitable-trust-statistics" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-tax-exempt-bond-statistics" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/filing-season-statistics" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-projections-publications-supplemental-tables" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-charities-and-other-tax-exempt-organizations-statistics" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-soi-bulletins" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-foreign-recipients-of-us-income-statistics" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns-complete-report-publication-1304" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns-line-item-estimates-publications-4801-and-5385" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6187" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-data-by-geographic-area" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-country-by-country-report" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-irs-research-conference" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-amended-individual-income-tax-returns" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-income-from-estates-and-trusts-statistics" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-withholding-tax-on-dispositions-of-us-real-property-interests-by-foreign-persons-statistics" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-partnership-statistics" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns-line-item-estimates-publications-4801-and-5385" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-accumulation-and-distribution-of-individual-retirement-arrangements" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-annual-extract-of-tax-exempt-organization-financial-data" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-estate-tax-statistics" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-sales-of-capital-assets-reported-on-individual-tax-returns" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-partnership-returns-line-item-estimates-publication-5035" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns-with-small-business-income-and-losses" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns-line-item-estimates-publications-4801-and-5385" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-fiscal-year-projections-publication-6292" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-foreign-earned-income-foreign-tax-credit" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-data-by-geographic-area" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-exempt-organizations-unrelated-business-income-ubi-tax-statistics" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-irs-data-book" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/filing-season-statistics" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-soi-bulletins" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-corporate-foreign-tax-credit-statistics" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-program-documentation-data-items-by-forms-and-schedules" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-foreign-recipients-of-us-partnership-income-statistics" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-unincorporated-business-state-and-county-data" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6187" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-projections-publications-supplemental-tables" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-high-income-tax-returns" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-projections-publications-supplemental-tables" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-unincorporated-business-state-and-county-data" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-data-by-geographic-area" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-adjusted-gross-income-agi-percentile-data-by-state" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns-line-item-estimates-publication-4801" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-excise-tax-statistics" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-fiscal-year-projections-publication-6292" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-foreign-controlled-domestic-corporations" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-international-boycott-report-statistics" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-nonfarm-sole-proprietorship-statistics" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-county-data" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-corporation-income-tax-returns-complete-report-publication-16" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-public-use-microdata-files" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-information-return-form-w2-statistics" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6186" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-domestic-private-foundation-and-charitable-trust-statistics" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-international-boycott-report-statistics" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6186" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns-with-small-business-income-and-losses" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-tax-exempt-bond-statistics" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-accumulation-and-distribution-of-individual-retirement-arrangements" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-excise-tax-statistics" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-country-by-country-report" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/filing-season-statistics" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-fiscal-year-projections-publication-6292" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-international-tcja-studies" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-corporate-foreign-tax-credit-statistics" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-income-from-estates-and-trusts-statistics" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-estate-tax-year-of-death-tables" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-information-return-form-w2-statistics" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-gift-tax-statistics" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-foreign-recipients-of-us-partnership-income-statistics" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6149" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-soi-bulletins" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-soi-bulletins" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-data-by-geographic-area" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/filing-season-statistics" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns-line-item-estimates-publications-4801-and-5385" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-adjusted-gross-income-agi-percentile-data-by-state" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-amended-individual-income-tax-returns" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-income-from-estates-and-trusts-statistics" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-corporation-income-tax-returns-complete-report-publication-16" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-international-tcja-studies" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-migration-data" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-partnership-returns-line-item-estimates-publication-5035" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6186" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6186" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-foreign-recipients-of-us-income-statistics" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-information-return-form-w2-statistics" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns-line-item-estimates-publications-4801-and-5385" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-data-by-geographic-area" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-projections-publications-supplemental-tables" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-international-boycott-report-statistics" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-foreign-recipients-of-us-partnership-income-statistics" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-unincorporated-business-state-and-county-data" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6187" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-foreign-controlled-domestic-corporations" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6187" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-foreign-recipients-of-us-income-statistics" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-income-tax-returns-complete-report-publication-1304" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-high-income-tax-returns" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-soi-bulletins" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-data-by-geographic-area" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-estate-tax-statistics" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-calendar-year-projections-publication-6961" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-foreign-controlled-domestic-corporations" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-transactions-of-foreign-owned-domestic-corporations" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-tax-exempt-bond-statistics" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-information-return-form-w2-statistics" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-domestic-private-foundation-and-charitable-trust-statistics" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-withholding-tax-on-dispositions-of-us-real-property-interests-by-foreign-persons-statistics" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-program-documentation-data-items-by-forms-and-schedules" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-fiscal-year-projections-publication-6292" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-fiscal-year-projections-publication-6292" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-migration-data" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-domestic-private-foundation-and-charitable-trust-statistics" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-irs-data-book" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-data-by-geographic-area" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-soi-bulletins" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-charities-and-other-tax-exempt-organizations-statistics" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-soi-bulletins" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-projections-publications-supplemental-tables" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-sales-of-capital-assets-reported-on-individual-tax-returns" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/filing-season-statistics" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-international-tcja-studies" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-withholding-tax-on-dispositions-of-us-real-property-interests-by-foreign-persons-statistics" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-partnership-statistics" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-information-return-form-w2-statistics" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-program-documentation-data-items-by-forms-and-schedules" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-information-return-form-w2-statistics" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-nonfarm-sole-proprietorship-statistics" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-individual-noncash-charitable-contributions" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-irs-research-conference" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-excise-tax-statistics" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/soi-tax-stats-corporation-income-tax-returns-line-item-estimates-publication-5108" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/statistics/irs-the-tax-gap" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D79"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5F0699C3-AE3D-4BF2-9E31-F4FD0E5EF26C}">
+  <dimension ref="A1:D81"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A46" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="32.109375" style="2" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="15" style="2" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="22.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="3" width="81.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="81.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="7" t="s">
+    <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D1" s="6"/>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B2" t="s">
+        <v>132</v>
+      </c>
+      <c r="C2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D2" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A3" s="3">
+        <v>45993</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="5" t="s">
+      <c r="C3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A4" s="3">
+        <v>46000</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="3">
+        <v>46009</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A6" s="3">
+        <v>46009</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A7" s="3">
+        <v>46009</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A8" s="3">
+        <v>46044</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A9" s="3">
+        <v>46044</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A10" s="3">
+        <v>46044</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A11" s="3">
+        <v>46044</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="102" x14ac:dyDescent="0.2">
+      <c r="A12" s="3">
+        <v>46044</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A13" s="3">
+        <v>46044</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="127.5" x14ac:dyDescent="0.2">
+      <c r="A14" s="3">
+        <v>46072</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A15" s="3">
+        <v>46079</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="140.25" x14ac:dyDescent="0.2">
+      <c r="A16" s="3">
+        <v>46079</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A17" s="3">
+        <v>46079</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A18" s="3">
+        <v>46079</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A19" s="3">
+        <v>46079</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A20" s="3">
+        <v>46079</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="102" x14ac:dyDescent="0.2">
+      <c r="A21" s="3">
+        <v>46097</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="102" x14ac:dyDescent="0.2">
+      <c r="A22" s="3">
+        <v>46107</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A23" s="3">
+        <v>46107</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A24" s="3">
+        <v>46135</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A25" s="3">
+        <v>46135</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A26" s="3">
+        <v>46138</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A27" s="3">
+        <v>46140</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A28" s="3">
+        <v>46168</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A29" s="3">
+        <v>46170</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="114.75" x14ac:dyDescent="0.2">
+      <c r="A30" s="3">
+        <v>46177</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A31" s="3">
+        <v>46226</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A32" s="3">
+        <v>46226</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A33" s="3">
+        <v>46226</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A34" s="3">
+        <v>46226</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A35" s="3">
+        <v>46226</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="102" x14ac:dyDescent="0.2">
+      <c r="A36" s="3">
+        <v>46226</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A37" s="3">
+        <v>46233</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A38" s="3">
+        <v>46259</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A39" s="3">
+        <v>46261</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A40" s="3">
+        <v>46261</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="153" x14ac:dyDescent="0.2">
+      <c r="A41" s="3">
+        <v>46262</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A42" s="3">
+        <v>46266</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A43" s="3">
+        <v>46268</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A44" s="3">
+        <v>46282</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A45" s="3">
+        <v>46282</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A46" s="3">
+        <v>46282</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="127.5" x14ac:dyDescent="0.2">
+      <c r="A47" s="3">
+        <v>46288</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A48" s="3">
+        <v>46294</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A49" s="3">
+        <v>46295</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A50" s="3">
+        <v>46295</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A51" s="3">
+        <v>46295</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A52" s="3">
+        <v>46295</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A53" s="3">
+        <v>46296</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A54" s="3">
+        <v>46317</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A55" s="3">
+        <v>46321</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A56" s="3">
+        <v>46321</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A57" s="3">
+        <v>46324</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A58" s="3">
+        <v>46326</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="114.75" x14ac:dyDescent="0.2">
+      <c r="A59" s="3">
+        <v>46332</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="127.5" x14ac:dyDescent="0.2">
+      <c r="A60" s="3">
+        <v>46346</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A61" s="3">
+        <v>46351</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="102" x14ac:dyDescent="0.2">
+      <c r="A62" s="3">
+        <v>46351</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A63" s="3">
+        <v>46351</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A64" s="3">
+        <v>46351</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A65" s="3">
+        <v>46355</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A66" s="3">
+        <v>46359</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A67" s="3">
+        <v>46363</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A68" s="3">
+        <v>46366</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A69" s="3">
+        <v>46373</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A70" s="3">
+        <v>46373</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A71" s="3">
+        <v>46373</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A72" s="3">
+        <v>46373</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A73" s="3">
+        <v>46373</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A74" s="3">
+        <v>46373</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A75" s="3">
+        <v>46373</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A76" s="3">
+        <v>46373</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A77" s="3">
+        <v>46373</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A78" s="3">
+        <v>46387</v>
+      </c>
+      <c r="B78" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="C78" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="D78" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A79" s="3">
+        <v>46409</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A80" s="3">
+        <v>46415</v>
+      </c>
+      <c r="B80" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="C80" s="2" t="s">
         <v>130</v>
       </c>
-    </row>
-[...144 lines deleted...]
-      <c r="B13" s="8" t="s">
+      <c r="D80" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="81" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A81" s="7" t="s">
         <v>136</v>
-      </c>
-[...919 lines deleted...]
-        <v>126</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="B3" r:id="rId1" xr:uid="{11766EF1-D89B-4E1F-9CCC-5AABB832F6FB}"/>
-[...74 lines deleted...]
-    <hyperlink ref="B78" r:id="rId76" location="prelim" xr:uid="{D5C03FDB-3C42-4C91-B681-54338F8125F6}"/>
+    <hyperlink ref="B3" r:id="rId1" xr:uid="{67634B94-3CF7-4545-BA7D-14EA2A9F1E3F}"/>
+    <hyperlink ref="B4" r:id="rId2" xr:uid="{A2FCF9F8-7769-450E-B50F-2F6C3DB248D5}"/>
+    <hyperlink ref="B7" r:id="rId3" xr:uid="{BF049D6A-B138-4F90-9749-A72AC70BA8BE}"/>
+    <hyperlink ref="B6" r:id="rId4" xr:uid="{F0DA0B67-B1EE-4729-8119-EC68B83E8AD2}"/>
+    <hyperlink ref="B5" r:id="rId5" xr:uid="{55E7A1C5-AF5C-446E-8873-1A7B37D7E691}"/>
+    <hyperlink ref="B10" r:id="rId6" xr:uid="{2824A93F-3575-4D4C-88C7-C64030259C15}"/>
+    <hyperlink ref="B13" r:id="rId7" xr:uid="{617FB557-0912-4F89-A92F-CB5984C30AD3}"/>
+    <hyperlink ref="B8" r:id="rId8" xr:uid="{A5723A77-64FF-472E-AC9B-FF617803DBE7}"/>
+    <hyperlink ref="B12" r:id="rId9" xr:uid="{CEDAB0E1-FEE8-44F9-8695-47B670AC815E}"/>
+    <hyperlink ref="B11" r:id="rId10" xr:uid="{BC1B4615-614A-4A08-8933-1EDD774E0A7A}"/>
+    <hyperlink ref="B9" r:id="rId11" xr:uid="{44F13BA4-5BD8-4ED1-8AA8-95F3641D595E}"/>
+    <hyperlink ref="B14" r:id="rId12" xr:uid="{24A985DD-A2CD-4612-BBE6-DCF68819B786}"/>
+    <hyperlink ref="B18" r:id="rId13" xr:uid="{20D1F276-8E47-4066-BA17-2663FF7A4D0A}"/>
+    <hyperlink ref="B16" r:id="rId14" xr:uid="{A9B67B0C-E8D4-4986-BEFB-D3B6AEC9C4B6}"/>
+    <hyperlink ref="B17" r:id="rId15" xr:uid="{0653C370-99A2-43A6-BE5E-DC31C32054DB}"/>
+    <hyperlink ref="B19" r:id="rId16" xr:uid="{1FEAB0B0-21EB-4F02-91F9-210F04742E4F}"/>
+    <hyperlink ref="B20" r:id="rId17" xr:uid="{1D3F1A5A-FC5D-4448-9162-01C783056B3D}"/>
+    <hyperlink ref="B15" r:id="rId18" xr:uid="{2B75DC73-5977-4D79-B2A1-F4D2536A1E77}"/>
+    <hyperlink ref="B21" r:id="rId19" xr:uid="{D43C729A-0D60-46DA-ADB9-1C96FDD11271}"/>
+    <hyperlink ref="B23" r:id="rId20" xr:uid="{792C1D8A-37AC-496A-8A1D-E6BF082CF435}"/>
+    <hyperlink ref="B22" r:id="rId21" xr:uid="{CFAF14B5-8EDB-480B-BB42-930CB179B4D9}"/>
+    <hyperlink ref="B24" r:id="rId22" xr:uid="{574E28AA-0C63-4B3F-8ECA-1FF7A034A2D3}"/>
+    <hyperlink ref="B25" r:id="rId23" xr:uid="{09F49DB5-054C-44D2-B4F9-09235A19CEFE}"/>
+    <hyperlink ref="B26" r:id="rId24" xr:uid="{724215FF-503F-4F60-82BD-85FD546EBB1D}"/>
+    <hyperlink ref="B27" r:id="rId25" xr:uid="{C8BA4558-3888-4BB8-9FBE-DB66F6A8F3BE}"/>
+    <hyperlink ref="B28" r:id="rId26" xr:uid="{FF3530B7-C12E-4F64-AB03-FD0168880530}"/>
+    <hyperlink ref="B29" r:id="rId27" xr:uid="{65572B18-E8D9-4716-BFD6-BD04A3A7C16C}"/>
+    <hyperlink ref="B30" r:id="rId28" xr:uid="{A2B42F54-F00E-4AB1-8170-16E8D3E6CC8A}"/>
+    <hyperlink ref="B34" r:id="rId29" xr:uid="{EBF50F73-DE3F-437D-B5FC-77D7979250FF}"/>
+    <hyperlink ref="B36" r:id="rId30" xr:uid="{FB7B958B-959A-46C8-AB7A-F020407FB788}"/>
+    <hyperlink ref="B31" r:id="rId31" xr:uid="{FF322466-D8C9-4231-94A9-56F022EB4703}"/>
+    <hyperlink ref="B35" r:id="rId32" xr:uid="{BA614BC4-8365-4B3A-8E7B-58DA3735BDC1}"/>
+    <hyperlink ref="B33" r:id="rId33" xr:uid="{CBDAC858-96FF-44D6-8EAA-7609F4EE983B}"/>
+    <hyperlink ref="B32" r:id="rId34" xr:uid="{A4D250D8-2B57-4E41-87D1-F3382D46035B}"/>
+    <hyperlink ref="B37" r:id="rId35" xr:uid="{4FCB059F-41BC-4DA3-B227-E2A637C23DB1}"/>
+    <hyperlink ref="B38" r:id="rId36" xr:uid="{E4ED7BD7-7F59-4FF4-9876-8375AA607E89}"/>
+    <hyperlink ref="B39" r:id="rId37" xr:uid="{DAF05C46-30D0-45C4-907A-FE38E2FC2939}"/>
+    <hyperlink ref="B40" r:id="rId38" xr:uid="{2BCF7D82-DF7B-4F62-BA14-13A507D318C0}"/>
+    <hyperlink ref="B41" r:id="rId39" xr:uid="{6B9E1387-4838-4A7A-954A-8DD13B0F7DD0}"/>
+    <hyperlink ref="B42" r:id="rId40" xr:uid="{A19D8EA7-55CB-4614-BF19-5860391DEFC4}"/>
+    <hyperlink ref="B43" r:id="rId41" xr:uid="{1FC2F02B-0E0A-4B64-A7E9-DBA0D93C6059}"/>
+    <hyperlink ref="B45" r:id="rId42" xr:uid="{D7DFF384-99FA-4DC1-868D-B74E9C5EC7EC}"/>
+    <hyperlink ref="B46" r:id="rId43" xr:uid="{E99DFBFD-28F2-40F7-A21A-4226DC74BE92}"/>
+    <hyperlink ref="B44" r:id="rId44" xr:uid="{A9CDD6B6-380A-40E0-81B6-FD1CF11BF6D6}"/>
+    <hyperlink ref="B47" r:id="rId45" xr:uid="{36C66213-C8EB-4F12-AC8D-D795F8251BA9}"/>
+    <hyperlink ref="B48" r:id="rId46" xr:uid="{33F9788D-BDC0-4065-A23D-0D83DAFBE937}"/>
+    <hyperlink ref="B50" r:id="rId47" xr:uid="{64CC40AB-2D41-4DD1-B91E-341FB947EE96}"/>
+    <hyperlink ref="B51" r:id="rId48" xr:uid="{C5AB842D-4260-474E-8960-45860B029D8C}"/>
+    <hyperlink ref="B52" r:id="rId49" xr:uid="{2AF3DAF5-4173-4758-B749-8F52CBABF74E}"/>
+    <hyperlink ref="B49" r:id="rId50" xr:uid="{1DE8E471-BD2D-430F-91DF-4166F1EF3533}"/>
+    <hyperlink ref="B53" r:id="rId51" xr:uid="{41C0014D-98AA-43D8-84C6-238239659E46}"/>
+    <hyperlink ref="B54" r:id="rId52" xr:uid="{BEECCF55-F495-44E9-97A5-A21ECF6EF6EF}"/>
+    <hyperlink ref="B55" r:id="rId53" xr:uid="{052B59DD-7808-4D00-B4A6-1599EEC381D9}"/>
+    <hyperlink ref="B56" r:id="rId54" xr:uid="{EF8F3FF8-30C8-4200-A435-B672A6CC9A3E}"/>
+    <hyperlink ref="B57" r:id="rId55" xr:uid="{84FF5AE4-F127-4372-AB38-BD7041544615}"/>
+    <hyperlink ref="B58" r:id="rId56" xr:uid="{6DB8F7B9-8CD2-453E-BC42-67F1E3CF7B22}"/>
+    <hyperlink ref="B59" r:id="rId57" xr:uid="{8877DA24-A9CD-4F00-80D0-546D7001885D}"/>
+    <hyperlink ref="B60" r:id="rId58" xr:uid="{3FDE3918-FBA2-42BF-AF05-D141C6EDAE8E}"/>
+    <hyperlink ref="B64" r:id="rId59" xr:uid="{90142447-C33A-423D-876A-C1F16BB22542}"/>
+    <hyperlink ref="B63" r:id="rId60" xr:uid="{7CC9D8F1-DB9B-48BF-AE6B-70F97889D3FA}"/>
+    <hyperlink ref="B62" r:id="rId61" xr:uid="{D41B60AE-1EE9-43E8-8C0A-7D21A1900848}"/>
+    <hyperlink ref="B61" r:id="rId62" xr:uid="{40484789-9EFA-473A-89B5-DEE0F9660E31}"/>
+    <hyperlink ref="B65" r:id="rId63" xr:uid="{22030C90-C09B-474C-9F20-BFA3D3B7117E}"/>
+    <hyperlink ref="B66" r:id="rId64" xr:uid="{BA7C14EF-9BA8-4EE2-9298-D5BF99C9166C}"/>
+    <hyperlink ref="B67" r:id="rId65" xr:uid="{902E9685-15BF-4DDF-B081-639EF27208FF}"/>
+    <hyperlink ref="B68" r:id="rId66" xr:uid="{29167241-43CC-4CDC-AB9D-370464D55F8C}"/>
+    <hyperlink ref="B69" r:id="rId67" xr:uid="{95E6BBEF-67C3-41BB-A74F-4DCE02CD4D73}"/>
+    <hyperlink ref="B70" r:id="rId68" xr:uid="{9EB004AB-E829-4578-AD68-76F7321C65B8}"/>
+    <hyperlink ref="B71" r:id="rId69" xr:uid="{52D7C278-66EB-48B8-A64D-D72E9044357B}"/>
+    <hyperlink ref="B73" r:id="rId70" xr:uid="{26843ED1-D1FC-4265-AC1D-4BAE399A3549}"/>
+    <hyperlink ref="B74" r:id="rId71" xr:uid="{D134BBBE-6D62-49C8-9A14-FF6A154C8A21}"/>
+    <hyperlink ref="B77" r:id="rId72" xr:uid="{C3A60FEE-7AAC-456C-9FD6-5F2F7B5C21AD}"/>
+    <hyperlink ref="B76" r:id="rId73" xr:uid="{B5218BBE-A955-4973-8EE9-B8A970BA66EC}"/>
+    <hyperlink ref="B75" r:id="rId74" xr:uid="{E7B41B36-84D9-4CF6-9214-146F60429846}"/>
+    <hyperlink ref="B72" r:id="rId75" xr:uid="{3CA6D3F8-49A3-4DBB-B4EE-D09F9AAD1E2C}"/>
+    <hyperlink ref="B78" r:id="rId76" xr:uid="{148E1E58-D13B-4C09-84F1-FF9593F1B753}"/>
+    <hyperlink ref="B79" r:id="rId77" xr:uid="{7D2D4246-BB7F-4DB4-BC1E-85A1976ECD43}"/>
+    <hyperlink ref="B80" r:id="rId78" xr:uid="{90B48E5F-31A6-4075-A99D-92282F8572A5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId77"/>
   <tableParts count="1">
-    <tablePart r:id="rId78"/>
+    <tablePart r:id="rId79"/>
   </tableParts>
 </worksheet>
-</file>
-[...172 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SOI Public Release List</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>